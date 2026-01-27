--- v0 (2025-10-31)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2729" uniqueCount="916">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4740" uniqueCount="1574">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1043,190 +1043,1495 @@
   <si>
     <t>343</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.478, de 17 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 20.000,00 (vinte mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com indenizações e restituições trabalhistas.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.479, de 20 de outubro de 2025, de autoria do Poder Executivo que  autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar no valor de  R$ 166.060,00 (cento e sessenta e seis mil e sessenta reais). Destina-se a custear despesas com outros auxílios financeiros a pessoa física, necessários para complementar a rede assistencial no âmbito da Atenção Especializada à Saúde.</t>
   </si>
   <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>4480</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/345/pl_4480.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.480, de 23 de outubro de 2025, de autoria do Poder Executivo que Dispõe sobre a obrigatoriedade da concessionária distribuidora de Energia em observar as normas técnicas aplicáveis à ocupação do espaço público do Município de Jaru, mediante a retirada dos fios e cabos inutilizados instalados em postes, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>4481</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/346/pl_4481.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.481, de 24 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 67.500,00 (sessenta e sete mil e quinhentos reais). Será destinado para acobertar despesa de pessoal (Vencimentos e Vantagens Fixas - Pessoal Civil), atendendo demandas da Atenção Primária a Saúde.</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>4482</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/347/pl_4482.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.482, de 24 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 109.404,65 (cento e nove mil, quatrocentos e quatro reais e sessenta e cinco centavos). Tem por finalidade o reforço de dotação orçamentária destinada à cobertura de despesas relacionadas à realização do evento Aniversário de Jaru, referentes à contratação de serviços de terceiros pessoa jurídica e à aquisição de material de consumo, considerados indispensáveis às atividades técnicas e operacionais necessárias à estruturação do evento.</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>4483</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/348/pl_4483.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.483, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 2.000.000,00 (dois milhões de reais). Destina-se a custear despesas com materiais de consumo, incluindo medicamentos, materiais de curativo, produtos de limpeza e higiene, combustíveis e gêneros alimentícios. Os recursos também serão aplicados na contratação de serviços de terceiros pessoa jurídica essenciais ao fortalecimento e à complementação da rede assistencial. Além disso, parte dos recursos será destinada ao pagamento de outras despesas de pessoal decorrentes de contratos de terceirização para o custeio de Plantões Excepcionais no âmbito da Atenção Primária à Saúde.</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>4484</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/349/pl_4484.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.484, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional, crédito no valor de R$ 5.821.739,00 (cinco milhões, oitocentos e vinte e um mil e setecentos e trinta e nove reais). Destina a reforço de dotação para acobertar despesas com outros serviços de terceiros - pessoa jurídica, material de consumo (medicamentos, material penso, produtos de limpeza e higiene, combustível, alimentos, entre outros), outras despesas de pessoal decorrentes de contratos de terceirização atendendo demandas da unidade de Atenção Especializada e Hospitalar.</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>4485</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/350/pl_4485.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.485, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 498.021,66 (quatrocentos e noventa e oito mil, vinte e um reais e sessenta e seis centavos). Destina-se a reforço de dotação orçamentária para acobertar despesas indenizações e restituições trabalhistas e contribuições patronais.</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>4486</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/351/pl_4486.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.486, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 20.000,00 (vinte mil reais). Destina-se a contrapartida referente a aquisição de veículo (Aquisição de dois veículos tipo ambulância, Tipo B) destinado ao Hospital Municipal Sandoval de Araujo Dantas.</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>4488</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/352/pl_4488.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.488, de 29 de outubro de 2025, de autoria do Poder Executivo que Denomina de "Praça Dom Pedro I Sebastião Dias de Almeida" o espaço público localizado na Avenida Dom Pedro I, entre a Avenida Brasil e a Rua João de Albuquerque, e revoga a Lei Municipal nº 2.360/GP/2018.</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>4489</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/353/pl_4489.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.489, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 400.000,00 (quatrocentos mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas com vencimentos e vantagens fixas, indenizações e restituições trabalhistas bem ou serviço para distribuição gratuita.</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>4490</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/354/pl_4490.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.490, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 212.042,94 (duzentos e doze mil, quarenta e dois reais e noventa e quatro centavos). Visa reforçar dotação para acobertar despesas com aquisição de kits escolares, atendendo demandas do Fundo Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>4491</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/355/pl_4491.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.491, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, R$ 139.754,00 (cento e trinta e nove mil e setecentos e cinquenta e quatro reais). Destina-se a acobertar despesas com a reforma da quadra da Escola Jean Carlos Muniz.</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>4492</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/356/pl_4492.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.492, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, R$ 205.392,50 (duzentos e cinco mil, trezentos e noventa e dois reais e cinquenta centavos). Destina-se a reforço de dotação orçamentária para acobertar despesas com iluminação pública na execução do projeto de pavimentação na linha 605, atendendo demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>4495</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/358/pl_4495.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei nº 4.495 de 06 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por anulação de dotação orçamentária_x000D_
+no valor de R$ 28.000,00 (vinte e oito mil reais), na unidade orçamentária: Fundo Municipal de Educação, para fins que especifica".</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>4496</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/359/pl_4496.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei nº 4.496 de 06 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de_x000D_
+R$ 300.000,00 (trezentos mil reais) na Unidade Orçamentaria: Secretaria Municipal de Infraestrutura e Serviços Públicos, para fins que especifica.</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>4497</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/360/pl_4497.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei nº 4.497 de 06 de novembro de 2025, que "Autoriza o Poder Executivo Municipal a contratar operação de crédito com a Caixa Econômica_x000D_
+Federal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>4498</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/415/pl_4498.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.498, de 06 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.665.000,00 (um milhão e seiscentos e sessenta e cinco mil reais). Destina-se à despesas com à folha de pagamento dos profissionais da educação básica.</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>4499</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/416/pl_4499.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.499, de 11 de novembro de 2025, de autoria do Poder Executivo, abertura de crédito adicional suplementar por anulação de dotação orçamentária, no valor de R$ 373.659,57 (trezentos e setenta e três mil, seiscentos e cinquenta e nove reais e cinquenta e sete centavos). Visa acobertar despesas com folha de pagamento (Vencimentos e Vantagens Fixas - Pessoal Civil, Auxílio - Transporte, Auxílio - Alimentação, Outros Auxílios Financeiros a Pessoa Físicas).</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/417/pl_4500.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.500, de 11 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.025.000,00 (um milhão e vinte e cinco mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com folha de pagamento, visando acobertar Vencimentos e Vantagens Fixas - Pessoal Civil, dos profissionais da Atenção Especializada e Hospitalar.</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>4501</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/418/pl_4501.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.501, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 10.000,00 (dez mil reais). Visa acobertar despesas com contribuições patronais, auxílio - alimentação e outros auxílios financeiros a pessoas físicas.</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>4502</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/419/pl_4502.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.502, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 600.000,00 (seiscentos mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas com a aquisição de terreno para ampliação da Escola Municipal de Educação Infantil Professora Zenir Carvalho.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>4503</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/420/pl_4503.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.503, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 95.900,00 (noventa e cinco mil e novecentos reais). Destinada à cobertura de despesas relacionadas à Vencimentos e Vantagens Fixas - Pessoal Civil, bem como com energia elétrica e abastecimento de água.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>4504</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/421/pl_4504.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.504, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.731.000,00 (um milhão e setecentos e trinta e um mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas de pessoal (vencimentos e vantagens fixas - pessoal civil, obrigações patronais e contribuições patronais) da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>4505</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/422/pl_4505.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.505, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 69.293,47 (sessenta e nove mil, duzentos e noventa e três reais e quarenta e sete centavos).  Será destinado a acobertar despesas relacionadas a cantata natalina sendo necessária aquisição de materiais e contratação de serviços para execução do evento, no âmbito da Secretaria Municipal de Esporte, Cultura, Lazer e Turismo.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>4506</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/423/pl_4506.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.506, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 2.462.500,00 (dois milhões, quatrocentos e sessenta e dois mil e quinhentos reais).  Será destinado a acobertar despesas de folha de pagamento (Vencimentos e Vantagens Fixas - Pessoal Civil, Obrigações Patronais, Contribuições Patronais, Outros Auxílios Financeiros a Pessoas Físicas, auxílio-alimentação, auxílio-transporte, Indenizações e Restituições Trabalhistas).</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>4507</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/424/pl_4507.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.507, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 914.134,89 (novecentos e quatorze mil, cento e trinta e quatro reais e oitenta e nove centavos).  Destina-se a reforço de dotação orçamentaria para acobertar despesas de pessoal (vencimentos e vantagens fixas - pessoal civil) dos servidores da Secretaria Municipal de Administração, Finanças e Orçamento.</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>4508</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/425/pl_4508.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.508, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 650.000,00 (seiscentos e cinquenta mil reais).  Destina-se a custear despesas com Plantões Excepcionais no âmbito da Atenção Especializada e Hospitalar.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>4509</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/426/pl_4509.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.509, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 9.042,95 (nove mil, quarenta e dois reais e noventa e cinco centavos).  Destina-se a reforço de dotação orçamentária para acobertar despesas com Diárias Civil, dos profissionais da Atenção Especializada e Hospitalar.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>4510</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/427/pl_4510.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.510, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 2.000,00 (dois mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com pagamento de impostos, taxas e contribuições, garantindo o cumprimento das obrigações legais e a manutenção da regularidade fiscal no âmbito Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>4511</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/428/pl_4511.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.511, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 7.700,00 (sete mil e setecentos reais). Aquisição de materiais de consumo, materiais gráficos e materiais para construção, bem como pagamento de serviços de pessoa física relativos ao aluguel do mês de dezembro do galpão utilizado para armazenamento dos arquivos da Secretaria Municipal de Administração, Finanças e Orçamento (SEMAFO).</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>4512</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/429/pl_4512.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.512, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza abertura de crédito adicional suplementar por superávit financeiro, no valor de R$ 22.130,56 (vinte e dois mil, cento e trinta reais e cinquenta e seis centavos). Destina - se a aquisição de Material de Consumo tais como (brita, pó de brita, pedrisco e pedra rachão) para atender as demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>4513</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/430/pl_4513.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.513, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza abertura de crédito adicional suplementar por superávit financeiro, no valor de R$ 14.714,93 (quatorze mil, setecentos e quatorze reais e noventa e três centavos). Destina - se a aquisição de Material de Consumo tais como (brita, pó de brita, pedrisco e pedra rachão) para atender as demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>4514</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_4514.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.514, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.973,55 (mil, novecentos e setenta e três reais e cinquenta e cinco centavos). Visa reforço de dotação orçamentária para aquisição de insumos para pavimentação asfáltica.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>4515</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_4515.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.515, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 319,67 (trezentos e dezenove reais e sessenta e sete centavos). Visa reforço de dotação orçamentária para aquisição de insumos para pavimentação asfáltica.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>4516</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_4516.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 4.516, de 14 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor R$ 85.233,79 (oitenta e cinco mil, duzentos e trinta e três reais e setenta e nove centavos). Para acobertar despesas com obras e instalações para construção de galeria tipo de bueiro triplo celular de concreto para atender demandas da secretaria municipal de infraestrutura e serviços públicos.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>4517</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/459/pl_4517.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei nº 4.517 de 17 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de R$ 581.763,60 (quinhentos e oitenta e um mil, setecentos e sessenta e três reais e sessenta centavos) na Unidade Orçamentaria: Secretaria Municipal de_x000D_
+Infraestrutura e Serviços Públicos, para fins que especifica".</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>4518</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/478/pl_4518.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de lei nº 4.518 de 18 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional especial por excesso de arrecadação no valor de R$ 431.664,04 (quatrocentos e trinta e um mil, seiscentos e sessenta e quatro reais e quatro centavos), na Unidade Orçamentaria: Secretaria Municipal de_x000D_
+Infraestrutura e Serviços Públicos para fins que especifica".</t>
+  </si>
+  <si>
     <t>265</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 399, DE 19 DE AGOSTO DE 2025, Dispõe sobre a concessão de honrarias no âmbito da Câmara Municipal de Jaru/RO, estabelecendo critérios, limites e vedações, e dá outras providências.</t>
   </si>
   <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>Celiandro Marrom</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pr_401_-_fernando_maximo_-_celiandro.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE RESOLUÇÃO Nº 401/CMJ/2025, Concede o Título de Cidadão Honorário do Município de Jaru/RO ao Deputado Federal Fernando Máximo.</t>
+  </si>
+  <si>
     <t>276</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 402, de 07 de outubro de 2025, de autoria da Mesa Diretora que autoriza a baixa de bens patrimoniais inservíveis ao Poder Legislativo, bem como a entrega dos mesmos ao Poder Executivo Municipal e, dá outras providências.</t>
   </si>
   <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>ASO</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/cmj_ata-1_-1_4.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 01ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/cmj_ata-2_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 02ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/cmj_ata-03_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 03ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/cmj_ata-4_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 04ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/cmj_ata-5_-2_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 05ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/cmj_ata-6_-2_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 06ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/cmj_ata-7_-2_4.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 07ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/cmj_ata-8_-1_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 08ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/cmj_ata-9_-3_4.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 09ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/cmj_ata-10_-2_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 10ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/cmj_ata-11_-3_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 11ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/cmj_ata-12_-2_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 12ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/cmj_ata-13_-2_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 13ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/ata-14_-2_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 14ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/ata-15_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 15ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/ata-16_4.pdf</t>
+  </si>
+  <si>
+    <t>DA 16ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/cmj_ata-17_-1_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 17ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/cmj_ata-18_-2_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 18ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/cmj_ata-19_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 19ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/cmj_ata-20_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 20ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
     <t>218</t>
   </si>
   <si>
     <t>21</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ata da Sessão Ordinária</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 21 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 22 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 23 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/cmj_ata-24_-2_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 24 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
+11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/cmj_ata-25_-3_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 25 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
+11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>ATA DA 26ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
     <t>279</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf</t>
   </si>
   <si>
     <t>ATA DA 27 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf</t>
   </si>
   <si>
     <t>ATA DA 28ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/cmj_ata-29_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 29ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>ATA DA 30ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/cmj_ata-31_-1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 31ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/cmj_ata-32_-6.pdf</t>
+  </si>
+  <si>
+    <t>A1T.A DA 32ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
+11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>ATA DA 33ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
+11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/cmj_ata-34_-2_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 34ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/cmj_ata-35_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 35ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/cmj_ata-36_-2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 36ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/cmj_ata-37_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 37ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/cmj_ata-38.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 38ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/cmj_ata-39_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 39ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
+LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>ASE</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1123/cmj_ata-2_5.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 2ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/cmj_ata-3_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 3ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/cmj_ata-4_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 4ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/cmj_ata-5_4_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 5ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/cmj_ata-6_4.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 6ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/cmj_ata-7_4.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 7ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/cmj_ata-8_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 8ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/cmj_ata-9_-2_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 9ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/cmj_ata-10_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 10ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/cmj_ata-11_-4.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 11ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/cmj_ata-12_5.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 12ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/01-cmj_ata-13_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 13ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/cmj_ata-14_-1_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 14ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/cmj_ata-15_-2_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 15ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/cmj_ata-16_-2_2.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 16ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/ata-17_-1_3.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 17ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>Ata da 18ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/ata-19_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 19ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/cmj_ata-20_4.pdf</t>
+  </si>
+  <si>
+    <t>DA 20ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA_x000D_
+11ª LEGISLATURA.</t>
+  </si>
+  <si>
     <t>94</t>
   </si>
   <si>
-    <t>24</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf</t>
   </si>
   <si>
     <t>Ata da 24ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
   </si>
   <si>
     <t>221</t>
-  </si>
-[...1 lines deleted...]
-    <t>25</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf</t>
   </si>
   <si>
     <t>Ata da 25ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª_x000D_
 legislatura.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 26ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/cmj_ata-28_-1_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 28 ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/cmj_ata-29_2.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 29ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/ata-30_-2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 30ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/cmj_ata-31_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 31ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/cmj_ata-32_-5.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 32ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/cmj_ata-33_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 33ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/cmj_ata-34_3.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 34ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/cmj_ata-35_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 35ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/cmj_ata-41_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 41ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/cmj_ata-42_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 42ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/cmj_ata-43_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 43ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/cmj_ata-44.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 44ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1064/cmj_ata-45.pdf</t>
+  </si>
+  <si>
+    <t>DA 45ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA_x000D_
+11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/cmj_ata-46.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 46 ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>LPSO</t>
+  </si>
+  <si>
+    <t>Lista de Presença da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lista_1a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Lista de Presença Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lista_2a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Lista de Presença Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/lista_4a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/lista_5a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/lista_6a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/lista_7a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/lista_8a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/lista_9a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/lista_de_presenca_10a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/lista_11a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/lista_12a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/lista_13a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/lista_de_presenca_da_14a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/lista_15a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/lista_de_presenca_16a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/lista_de_presenca_na_17_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/lista_19a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1164/lista_20a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/lista_de_presenca_22.pdf</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/lista_de_presenca_23.pdf</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1170/lista_de_presenca_da_25a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  01, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo que o Hospital da Criança leve o nome da criança Amanda Coimbra Zanella Vito”.</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  02, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo que seja feita uma faixa de pedestre em frente à Farmácia Poupe Mais, localizada no Residencial Savana Park”.</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  03, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo a substituição do playground de madeira por um de fibra na Praça do Jean”.</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf</t>
@@ -1234,185 +2539,122 @@
   <si>
     <t>Indicação nº  04, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo a criação de sala de acolhimento para pessoas com autismo.</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  05, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo a pavimentação asfáltica dos seguintes ruas: Rua Sergipe, entre a rua Rio de Janeiro e Florianópolis; Rua Marechal Rondon entre a rua Mato Grosso e Raimundo Cantanhede; Rua Manoel Lacerda Ferraz, entre a rua Francisco Pantoja e Monteiro Lobato.</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  06, de Autoria da Vereadora e Presidente  Tatiane da Saúde e Vereadora Sthella de Almeida, “Solicita providencia para a implantação da sala lilás exclusivas para mulheres, crianças, adolescentes e pessoas idosas vítimas de violência no Hospital Municipal Sandoval Araújo Dantas.</t>
   </si>
   <si>
     <t>Sthella Almeida</t>
   </si>
   <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  07, de Autoria da Vereadora Sthella de Almeida, “Solicita providências para a construção de paradas de ônibus escolares em pontos estratégicos de Jaru.</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  08, de Autoria da Vereadora Sthella de Almeida, “Solicita providencia para a implantação de uma academia ao ar livre e playground no Residencial Jardim Primavera’’.</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>Schimiti Patroleiro</t>
   </si>
   <si>
     <t>Indicação nº  09, de Autoria do Vereador Schimiti Patroleiro, “Solicita ao Chefe do Poder Executivo a possibilidade para pavimentação asfáltica nas seguintes ruas:        Rua  Marcilio Dias  Jardim dos Estados,  entre a rua  Alberto Santos Dumont  e rua  07 de setembro;       Rua  Jean Carlos  entre a rua  Alberto Santos Dumont e rua  07 de setembro;     Rua 21 de Abril entre a rua Alberto Santos Dumont e rua 07 de Setembro”.</t>
   </si>
   <si>
-    <t>30</t>
-[...4 lines deleted...]
-  <si>
     <t>Indicação nº  10, de Autoria do Vereador Schimiti Patroleiro, “Solicita ao Chefe do Poder Executivo que seja feita drenagem e pavimentação asfáltica  na seguinte rua: Rua Alberto Santos Dumont no Jardim dos Estados, entre a rua  Jean Carlos e a rua  21 de abril.</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  11, de Autoria do Vereador Schimiti Patroleiro, “Solicita ao Chefe do Poder Executivo a possibilidade para rebaixamento de Morro, retirada de curvas e cascalhamento da linha 615.</t>
   </si>
   <si>
-    <t>32</t>
-[...4 lines deleted...]
-  <si>
     <t>Indicação nº  12, de Autoria do Vereador Celiandro Marrom, “Solicita ao Poder Executivo que seja instalada uma tenda para os alunos do Jardim Primavera, para que possam aguardar o ônibus escolar.</t>
   </si>
   <si>
-    <t>33</t>
-[...4 lines deleted...]
-  <si>
     <t>Indicação nº  14, de Autoria do Vereador Celiandro Marrom,“ Solicita ao Chefe do  Poder Executivo que seja feita a pavimentação asfáltica da rua que liga o posto de saúde do setor 08 ao Residencial Jardim Primavera”.</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº 15, de Autoria do Vereador Celiandro Marrom, Solicita  ao Chefe do  Poder Executivo que seja feita drenagem e pavimentação asfáltica da Rua Frei Caneca no setor 07, entre a avenida Florianópolis e a Avenida Marechal Rondon.</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>Mestre Café</t>
   </si>
   <si>
     <t>Indicação nº  16, de Autoria do Vereador Mestre Café, “Solicita  ao Chefe do  Poder  Executivo que seja feita pavimentação asfáltica no final da rua Avenida Brasil, Setor 05”.</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>Rafael Lopes</t>
   </si>
   <si>
     <t>Indicação nº  17, de autoria do Vereador Rafael Lopes, Solicita  ao Chefe do  Poder  Executivo que seja feita pavimentação asfáltica nas seguintes ruas: rua Imbuia - Residencial Orleans; Rua Osvaldo Cruz - setor 04; Rua Manoel Lacerda Ferraz - setor 06; Rua João Cavasin - setor 02.</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf</t>
   </si>
   <si>
     <t>Indicação nº  18, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que avalie a possibilidade de firmar convênio com o CIMCERO e ofertar vagas na casa de apoio para os pacientes de Jaru que realizam tratamento de saúde em Porto Velho - RO, por meio do SUS.’’</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  19, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que seja feita a aquisição e fornecimento de motocicletas para os Agentes Comunitários de Saúde (ACS) e aos Agentes de Combates às Endemias (ACE) de Jaru.’’</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  20, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, a implantação de uma base descentralizada do Serviço de Atendimento Móvel de Urgência (SAMU) em Jaru.’’</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  21, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que seja implantada uma academia ao ar livre na Linha 632.’’</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf</t>
   </si>
   <si>
     <t>Indicação nº  22, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que seja implantado um quebra-molas na Rua Minas Gerais, esquina com a Rua Rio Grande do Sul.’’</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>Chiquinho do Cacau</t>
   </si>
   <si>
     <t>Indicação nº  23, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder Executivo, que seja implantada uma Academia ao ar livre, no Setor 08, no município de Jaru.’’</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  24, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder Executivo, que seja feita a manutenção das lâmpadas que estão queimadas, dentro das dependências do feirão do produtor, no município de Jaru.’’</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  25, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder Executivo, que a Prefeitura Municipal de Jaru, viabilize projeto de regularização fundiária da área urbana. valorizando e promovendo justiça social e econômica do setor do município.’’</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  26, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder executivo, que a secretaria municipal de meio ambiente, apresente plano de ação de política ambiental de proteção e manutenção do Rio Móroro do município de Jaru.’’</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Indicação nº  27, de Autoria da Vereadora Sthella de Almeida, “Solicita ao Poder Executivo providências para a sinalização de uma faixa de pedestres e placa de alerta escolar em frente à instituição de ensino CCAA, localizada na Av. Tiradentes, 1228 - St. 2.’’</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Indicação nº  28, de Autoria da Vereadora Sthella de Almeida, “Solicita ao Poder Executivo  providências para a implantação de um Playground de Plástico Acessível (PNE) na Praça do Parque da Baixada’’.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Indicação nº  29, de Autoria da Vereadora Sthella de Almeida, “Solicita ao Poder Executivo  providências para a Pavimentação Asfáltica das seguintes vias: Rua Orlando Leite de Carvalho – Próxima à Cerâmica Médici, Rua 1º de Maio – Setor 6, Rua Nilton de Oliveira Araújo – Trecho entre a Rua João Batista e a Rua Afonso José, no Setor 4’’.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Indicação nº  30, de Autoria da Vereadora Sthella de Almeida, “Solicita ao Poder Executivo  providências para a implantação de um Playground de Plástico Acessível (PNE) na Praça do Jardim dos Estados, ao lado do CRAS I’’.</t>
@@ -2783,50 +4025,839 @@
     <t>Indicação nº 249, de autoria do Vereador  Dr. Éverson Queiróz: A pedido da moradora Celita Rafael dos Santos Coelho, indica ao Chefe do Poder Executivo Municipal a possibilidade de ser feito o rebaixamento do morro incluindo a retirada de algumas rochas, na linha 614, KM 15.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>Indicação nº 250, de autoria do Vereador  Dr. Éverson Queiróz: A pedido da moradora Celita Rafael dos Santos Coelho, indica ao Chefe do Poder Executivo Municipal a possibilidade de ser feita a manutenção  necessária no travessão do KM 20 da linha 614, próximo a Igreja Presbiteriana.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Indicação nº 251, de autoria do Vereador  Dr. Éverson Queiróz: A pedido de Danilo Manoel Gomes, indica ao Chefe do Poder Executivo Municipal a possibilidade de ser feito a implantação de placas de sinalização de transito, no cruzamento das ruas Presbítero Osvaldo Martins Lopes com a rua Edson Costa Alves.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Indicação nº 252, de autoria do Vereador  Dr. Éverson Queiróz: A pedido do morador Marcos Cajue indica ao Chefe do Poder Executivo Municipal a possibilidade de ser feito a implantação de duas lombadas (quebra-molas) com a devida sinalização, rua Plácido de Castro, uma antes do cruzamento da rua Marechal Rondon e outra após, próximo às residências Nº 1579 e 1651.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>Indicação nº 253, de autoria do Vereador  Rafael Lopes: Indica ao Chefe do Poder Executivo Municipal pavimentação asfáltica para as seguintes ruas: Rua Tom Jobim, Jardim dos Estados, a pedido da moradora Viviane. Rua Daniel da Rocha, setor 07, trecho entre a rua Padre Chiquinho e rua Paraná, a pedido da moradora Rosely.</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>Indicação nº 254, de autoria da Vereadora e Presidente Tatiane da Saúde: Indica ao Chefe do Poder Executivo Municipal a instalação de quebra-molas (lombada) no seguinte local: Rua Beira Rio, entre as ruas Rio Grande do Norte e Plácido de Castro, a pedido Sra. Valdeni.</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>Indicação nº 255, de autoria da Vereadora e Presidente Tatiane da Saúde: Indica ao Chefe do Poder Executivo que a operação do tapa-buracos seja realizada no seguinte local: Rua Ceará, entre as ruas Florianópolis e Goiás.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>Indicação nº 256, de autoria do Vereador Chiquinho do Cacau: Solicito ao Chefe do Poder Executivo Municipal, para que determine à Secretaria Municipal de Agronegócio e Meio Ambiente SEMEAGRO, que intervenha, no âmbito de sua competência, junto ao Consórcio responsável pela operação do Aterro Sanitário Municipal, a fim de que sejam adotadas medidas eficazes para o controle e mitigação dos odores exalados, que vêm afetando os proprietários e moradores do entorno do referido aterro.</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>Indicação nº 257, de autoria da Vereadora Suhelen Fernanda: Indica ao Chefe do Poder Executivo que seja realizado a operação tapa-buracos na Rua Belo Horizonte, no trecho entre as Ruas Rio de Janeiro e Florianópolis no Setor 03.</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>Indicação nº 258, de autoria da Vereadora Suhelen Fernanda: Indica ao Chefe do Poder Executivo Municipal para que seja realizada a implantação de uma faixa de pedestre em frente ao escritório da empresa AEGEA Águas de Jaru.</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>Indicação nº 259, de autoria do Vereador João Paulo: Indica ao Chefe do Poder Executivo Municipal, que seja feita a implantação de faixa de pedestre no seguinte local: Rua Almirante Barroso, Nº 2547, Setor 04. Em Frente À Igreja Congregação Cristã No Brasil.</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>Indicação nº 260, de autoria do Vereador João Paulo: Indico ao Chefe do Poder Executivo a pavimentação asfáltica dos seguintes endereços: Rua Euclides da Cunha, no trecho compreendido entre as ruas Marechal Rondon e Florianópolis; Rua Frei Caneca, no trecho entre as ruas Marechal Rondon e  lorianópolis (a pedido do morador Sr. Valdiney Nery Lemes ).</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>Indicação nº 261, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para implantação de um quebra-molas na Rua Beira Rio entre a Rua Rio Grande do Norte e Rua Plácido de Castro. A pedido do morador Mauro.</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>Indicação nº 262, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo  Municipal a possibilidade de trocar as lâmpadas da Rua Ceará, n° 672, no Setor 3, ao lado do Areal do Bira.</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>Indicação nº 263, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade da pavimentação asfáltica da Rua Euclides da Cunha, no trecho entre a Marechal Rondon e a Rio de Janeiro, no Setor 7.</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>Indicação nº 264, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de alterar a Lei n° 3.270, de 13 de julho de 2022, que instituiu a Gratificação de Desempenho e Produtividade, para incluir determinados cargos da Secretaria Municipal de Social (SEMDES) como Assistente Social, Pedagogo, Advogado e Psicólogo.</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>Indicação nº 265, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantar na escola Olga Delaia, vagas de estacionamento prioritário para cadeirantes, além deprovidenciar a instalação de placas de sinalizaçãoque identifiquem essas vagas.</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>Indicação nº 266, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal que envie um projeto de lei a esta Câmara Municipal, com o objetivo de instituir a Semana Da Maternidade Atípica.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>Indicação nº 267, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para implantação de um quebra-molas na Rua Florianópolis, entre a Rua Jorge Teixeira e Rua Euclides da Cunha.</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>Indicação nº 268, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade da pavimentação asfáltica da Rua Frei Caneca, no trecho entre a Florianópolis e a Marechal Rondon.</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>Indicação nº 269, de autoria da Vereadora e Presidente  Tatiane da Saúde: Indica ao Chefe do Poder Executivo, que seja feita pavimentação asfáltica nas seguintes Ruas e Avenidas: Av. Dom Pedro I setor 07, a pedido da moradora Verônica; Rua Dilma de Oliveira setor 06, a pedido da moradora Tatiane Ester.</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>Indicação nº 270, de autoria da Vereadora e Presidente  Tatiane da Saúde:  Indica ao Chefe Poder Executivo, que promova iluminação pública na Rua Minas Gerais setor 7, região próximo ao cemitério municipal, a pedido da moradora Gleiciane.</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>Indicação nº 271, de autoria do Vereador  Dr. Éverson Queiróz: A pedido do senhor Maik Castro, indica ao Chefe do Poder Executivo Municipal que seja realizado o serviço de pavimentação asfáltica na Rua Minas Gerais, entre a Rua Rio Grande do Norte e a Rua Princesa Isabel.</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>Indicação nº 272, de autoria da Vereadora  Suhelen Fernanda: Indica ao Chefe do Poder Executivo a instalação de redutor de velocidade (quebra-molas) na Rua Padre Chiquinho, esquina com a Rua Osvaldo Cruz, no Setor 04.</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>Indicação nº 273, de autoria da Vereadora  Suhelen Fernanda: Indica ao Chefe do Poder Executivo a pintura da quadra esportiva do Distrito de Tarilândia.</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>Indicação nº 274, de autoria do Vereador  Mestre Café: Indica ao Chefe do Poder Executivo a pavimentação asfáltica da seguinte rua: Rua São Paulo, entre a rua Rio Grande do Norte e a rua Padre Adolfo Rohl.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>Indicação nº 275, de autoria do Vereador  Schimiti Patroleiro: Indica ao Chefe do Poder Executivo, que seja feito uma campanha de conscientização sobre o uso de cigarros eletrônicos.</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>Marcão</t>
+  </si>
+  <si>
+    <t>Indicação nº 276, de autoria do Vereador  Marcão de Tarilândia: Indica ao Chefe do Poder Executivo, a instalação de um redutor de velocidade (quebra-molas) na Rua Belo Horizonte, Setor 05, entre a rua Maranhão e  rua São Paulo.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>Indicação nº 277, de autoria da Vereadora e Presidente  Tatiane da Saúde: Indica ao Chefe do Poder Executivo Municipal a instalação de quebra-molas (lombada) no seguinte local: Rua Afonso José com a Rua Jorge Teixeira.</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>Indicação nº 278, de autoria da Vereadora e Presidente  Tatiane da Saúde: Indica ao Chefe do Poder Executivo a pavimentação asfáltica nos seguintes locais: Rua Paraná com a Rua Ermano Santos, a pedido da Sra. Neia. Rua José Luis Jacob, a pedido do Sr. Junior. Rua Daniel da Rocha.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>Indicação nº 279, de autoria da Vereadora e Presidente  Tatiane da Saúde: Indica ao Chefe do Poder Executivo que sejam adotadas as providências necessárias para a instalação e/ou melhoria da iluminação pública na Rua José Luiz Jacob, localizada no Setor 08, a pedido do Sr. Junior.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>Indicação nº 280, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para a Revitalização de faixa de pedestre, Avenida Padre Adolpho Rohl, 1260 Centro. Setor 02, em frente à escola Olga Dellaia, a pedido da Sra. Cláudia.</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>Indicação nº 281, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para a Revitalização de faixa de pedestre, Na Rua Florianópolis nas proximidades da Praça da Baixada, a pedido da Sra. Pamela.</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>Indicação nº 282, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para a realização de serviços de Pavimentação asfáltica na Rua Candido Portinari setor 07, a pedido da Sra. Ana.</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>Indicação nº 283, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para a realização de serviços de Pavimentação asfáltica na Rua Adalberto da Costa Gadelha - Setor 6, a pedido da Sra.Sirlene.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>Indicação nº 284, de autoria da Vereadora  Sthella Almeida: Solicita ao Poder Executivo Municipal a possibilidade de elaboração de um Projeto de Lei, nos moldes da Lei nº 3.270, de 13 de julho de 2022, que instituiu a Gratificação de Desempenho e Produtividade para os servidores da saúde, a fim de estender referida gratificação, com os mesmos parâmetros e valores de remuneração previstos para os técnicos, a determinados cargos da Secretaria Municipal de Desenvolvimento Social (SEMDES), especificamente: Assistente Social, Pedagogo, e Advogado.</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>Indicação nº 285, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para a realização de serviços de revitalização de quebra molas na Rua Beira Rio, 2765 Setor 03.</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>Indicação nº 286, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantar um quebra-mola na Linha 605, em local estratégico a ser definido pela equipe técnica, a pedido do Sr. Aparecido.</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>Indicação nº 287, de autoria do Vereador  Éverson Queiróz: A pedido do senhor Devacir de Araújo, indica ao Chefe do Poder Executivo Municipal que seja realizado o serviço de pavimentação asfáltica na Rua São Paulo, entre a Rua Rio Branco e a Rua Rio Grande do Norte, localizada no setor 06.</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>Indicação nº 288, de autoria do Vereador  Mestre Café: Indica ao Chefe do Poder Executivo Municipal  que seja feita a implantação de quebra-molas nas ruas:  Rua Plácido de Castro, entre as ruas Florianópolis e a Marechal Rondon. Rua Marechal Rondon em frente da Igreja Batista Nacional.</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>Indicação nº 289, de autoria da Vereadora  Suhelen Fernanda: Indica ao Chefe do Poder Executivo que seja feito a ativação dos quiosques das praças no Loteamento Savana Park e no Distrito de Tarilândia.</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>Indicação nº 290, de autoria do Vereador  Rafael  Lopes: Indica ao Excelentíssimo Senhor Prefeito Municipal junto à secretaria competente, a solicitação de envio de Projeto de Lei nos termos do Anteprojeto anexo a indicação que Institui a criação do Conselho Municipal de Proteção e Defesa dos Animais e o Fundo Municipal de Proteção e Bem-Estar Animal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>Indicação nº 291, de autoria do Vereador  Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal, que seja providenciado com urgência  a manutenção da rua Olavo Pires esquina  com a rua Gaspar de Lemos e a via que a conecta à rua Américo Vespúcio.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>Indicação nº 292, de autoria do Vereador  Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal, que seja providenciado  a readequação da altura dos aparelhos de ar-condicionado instalados na escola Aldemir Lima Cantanhede e a imediata reforma do parquinho da unidade, que apresenta ferragens expostas, oferecendo risco às crianças, a pedido de um pai de um aluno da referida escola.</t>
+  </si>
+  <si>
+    <t>Indicação nº 293, de autoria da Vereadora e Presidente Tatiane da Saúde: Solicita ao Chefe do Poder Executivo que a Praça Pública na Avenida Dom Pedro leve o nome do Sr. Sebastião Dias de Almeida.</t>
+  </si>
+  <si>
+    <t>Indicação nº 294, de autoria da Vereadora  Sthella Almeida: Solicita ao Chefe do Poder Executivo Municipal, que seja providenciada a implantação de sinalização e melhoria de acesso no caminho rural da Linha 603, zona rural deste município.</t>
+  </si>
+  <si>
+    <t>Indicação nº 295, de autoria da Vereadora  Sthella Almeida: Solicita ao Chefe do Poder Executivo Municipal, a possibilidade de instalação de quebra-molas no trecho ao lado da Escola Maria de Lourdes, atendendo ao pedido do cidadão Adenilton, conhecido como Rondôniense.</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>Indicação nº 296, de autoria da Vereadora  Sthella Almeida: Solicita ao Chefe do Poder Executivo Municipal, a possibilidade de instalação de quebra-molas na Rua Padre Chiquinho, 3727.</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>Indicação nº 297, de autoria da Vereadora  Sthella Almeida: Solicita ao Chefe do Poder Executivo Municipal, a possibilidade de instalação de quebra-molas na Linha 605, a pedido do Sr. Aparecido.</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>Indicação nº 298, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de instalação de quebra-molas na Rua Beira Rio, entre a Rua Rio Grande do Norte e a Rua Plácido de Castro.</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>Indicação nº 299, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de faixa de pedestre no trecho ao lado da Escola Maria de Lourdes, atendendo ao pedido do cidadão Adenilton, conhecido como Rondôniense.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>Indicação nº 300, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de um espaço de caminhada no Distrito de Santa Cruz, visando promover mais qualidade de vida, bem-estar e incentivar a prática de atividades físicas para a população local.</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>Indicação nº 301, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a necessidade de instalação de iluminação pública na rua Ivan Santos, nas proximidades do número 2957, próximo à torre da Claro.</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>Indicação nº 302, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a instalação de banheiros públicos no Distrito de Santa Cruz, especialmente em áreas de lazer e convivência, para melhor atender às necessidades dos moradores e visitantes.</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>Indicação nº 303, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a realização de melhorias no acesso do ônibus na parada da Escola Jean Carlos Muniz, para que o veículo possa chegar mais próximo ao portão da escola.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>Indicação nº 304, de autoria do Vereador  Schimiti Patroleiro: Indica ao Chefe do Poder Executivo Municipal a implantação de playground na praça de Bom Jesus.</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>Indicação nº 305, de autoria do Vereador  Schimiti Patroleiro: que seja feito implantação de Manilhamento na seguinte rua: Rua Getúlio Vargas trecho da rua Castelo Branco ao rio Mororó no Jardim dos Estados.</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>Indicação nº 306, de autoria do Vereador  Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal que por meio da Secretaria competente, sejam adotadas as providências necessárias para a abertura da Rua Plácido de Castro, localizada no Setor 3, a qual dá acesso direto à pista de caminhada. A pedido da moradora Diana.</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>Indicação nº 307, de autoria do Vereador  Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal que por meio da Secretaria competente, seja providenciada a pavimentação asfáltica das seguintes vias públicas: Rua Plácido de Castro, Rua Rio Grande do Norte e Rua Tiradentes, no trecho compreendido entre a Avenida Beira Rio até o final das referidas ruas, localizadas no Setor 02.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>Indicação nº 308, de autoria do Vereador Schimiti Patroleiro: Solicita ao Chefe do Poder Executivo Municipal, que seja feita a duplicação da ponte sobre o Rio Mororó, localizada na rua Rio Grande do Norte, setor 06.</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>Indicação nº 309, de autoria do Vereador Schimiti Patroleiro: Indica ao Chefe do Poder Executivo, que seja feita a Iluminação pública na linha 605 trechos da Rua dos Ipês até ao antigo cinquentinha.</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>Indicação nº 310, de autoria do Vereador Schimiti Patroleiro: Indica ao Chefe do Poder Executivo, que seja feita a manutenção da pavimentação de paralelepípedo na rua Manoel Mariano da Silva, Bairro Savana Parque.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>Indicação nº 311, de autoria da Vereadora Suhelen Fernanda: indica ao Chefe do Poder Executivo que seja feito a Instalação de um bebedouro de água no Cemitério Municipal, considerando que o cemitério municipal é um local de constante visitação por parte dos munícipes.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>Indicação nº 312, de autoria da Vereadora Suhelen Fernanda: indica ao Chefe do Poder Executivo a nomeação do Cemitério Municipal com o nome "Adão Gonçalves Lopes".</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>Indicação nº 313, de autoria da Vereadora Suhelen Fernanda: indica ao Chefe do Poder Executivo a construção de uma cobertura nas instalações do Cemitério Municipal.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>Indicação nº 314, de autoria da Vereadora Suhelen Fernanda: indica ao Chefe do Poder Executivo a inserção da Fanfarra Municipal Mirim no Projeto Escola em Tempo Integral.</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>Indicação nº 315, de autoria do Vereador Rafael Lopes: indica ao Chefe do Poder Executivo pavimentação asfáltica para rua Almirante Barroso, setor 04, a pedido do morador Leandro.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>Indicação nº 316, de autoria do Vereador Mestre Café: Indica ao Chefe do Poder Executivo a pavimentação asfáltica das seguintes ruas: Rua Sebastião Cabral De Souza, nas proximidades do Nº 1400 Setor 03, Rua Getúlio Vargas Jardim dos Estados.</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>Indicação nº 317, de autoria do Vereador Mestre Café: Indica ao Chefe do Poder Executivo que seja feito um quebra-molas na seguinte rua: Rua Frei Caneca, setor 06 próximo à igreja Batista Nacional.</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>Indicação nº 318, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de quebra-molas na rua da Creche Maria Gomes, em frente à creche, a pedido da morada Estefânia.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>Indicação nº 319, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de faixa de pedestre em frente à Escola Nilton de Oliveira, no Setor 8, a pedido do morador Webert.</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>Indicação nº 320, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade da pavimentação asfáltica da no final da Rua Maria Selma Pinto, no Setor 08, a pedido da moradora Terezinha.</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>Indicação nº 321, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade da pavimentação asfáltica da Rua Inês Batistão Neto, no Setor 08, A pedido da moradora Eliene.</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>Indicação nº 322, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade da pavimentação asfáltica da Rua Margarete Ferreira Costa, no Setor 8, no trecho entre a Rua José Luís Jacob e a rua que dá acesso ao Residencial Primavera. A pedido da moradora Gersina.</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>Indicação nº 323, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade da implantação de um playground e a criação de um espaço de lazer próximo ao campo de futebol no distrito de Santa Cruz, a pedido da moradora Marinalva.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>Indicação nº 325, de autoria da Vereadora e Presidente  Tatiane da Saúde: Indica ao Chefe do Poder Executivo Municipal a instalação de quebra-molas (lombada) nos seguintes locais: Rua Maranhão, nas proximidades da Rua Almirante Barroso, a pedido do Pastor Roberto. Rua Maranhão nos fundos do Posto Irmãos Leite.</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>Indicação nº 326, de autoria do Vereador  Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal, que implante um Núcleo de Regularização do Setor Chacareiro, dotado de recursos humanos, equipamentos adequados e banco de dados específico para o setor, visando organizar, agilizar e centralizar os processos de regularização fundiária e administrativa desta área.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>Indicação nº 327, de autoria da Vereadora  Suhelen Fernanda: Indica ao Chefe do Poder Executivo a construção de um Centro de Artes Marciais para atender projetos sociais e  competições, com infraestrutura adequada para treinos, aulas e realização de eventos esportivos.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>Indicação nº 328, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de uma pista de caminhada no bairro Orleans, a pedido do Sr. Nilton.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>Indicação nº 329, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de sinalização na Rua Maranhão, nº 318 a 422, no Setor 4, no cruzamento com a Rua Almirante Barroso, a pedido dos moradores e usuários da via.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>Indicação nº 330, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pavimentação asfáltica da Rua Sebastião Henrique Jesus no setor 08, a pedido dos moradores da localidade.</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>Indicação nº 331, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pavimentação asfáltica da Rua Lucas Araújo no setor 08, a pedido do Sr. Nilton.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>Indicação nº 332, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pavimentação asfáltica da Rua Maria Lima de Souza no setor 08, a pedido dos moradores da localidade.</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>Indicação nº 333, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pavimentação asfáltica da Rua Pedro Senna no setor 08, a pedido dos moradores da localidade.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>Indicação nº 334, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pavimentação asfáltica da Rua José de Oliveira no setor 08, a pedido da Sra. Ketllen.</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>Indicação nº 335, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de uma quadra de areia no Habitacional Primavera, a pedido dos moradores.</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>Indicação nº 336, de autoria da Vereadora  Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de um playground de plástico no Habitacional Orleans, a pedido dos moradores.</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>Indicação nº 337, de autoria da Presidente Tatiane da Saúde: Indica ao Chefe do Poder Executivo Municipal, a possibilidade de implantação de uma Farmácia Básica no Centro de Saúde Dr. Antônio Carmona Tressoldi.</t>
+  </si>
+  <si>
+    <t>Indicação nº 338, de autoria do Vereador  Rafael Lopes: Indica ao Chefe do Poder Executivo a Implantação de sinalização de trânsito e quebra-molas na rua Milão no bairro Jardim Europa, a pedido do morador Thiago.</t>
+  </si>
+  <si>
+    <t>Indicação nº 339, de autoria do Vereador  Schimit Patroleiro: Indica ao Chefe do Poder Executivo, que seja feito iluminação da quadra sintética de Bom Jesus.</t>
+  </si>
+  <si>
+    <t>Indicação nº 340, de autoria do Vereador  Schimit Patroleiro: Indica ao Chefe do Poder Executivo Municipal que seja realizada a limpeza dos entulhos acumulados nas ruas do Setor Jardim dos Estados, tendo em vista a necessidade de prevenção contra queimadas, que oferecem riscos à saúde da população, ao meio ambiente e à segurança pública.</t>
+  </si>
+  <si>
+    <t>Indicação nº 341, de autoria do Vereador  Schimit Patroleiro: Indica ao Chefe do Poder Executivo, que seja realizada a limpeza da galeria do cruzamento da Linha 605 com a Rua Ayrton Senna, no Setor Jardim dos Estados.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>Indicação nº 342, de autoria do Vereador  Éverson Queiroz: Indica ao Chefe do Poder Executivo, a pedido do senhor Arnaldo, a possibilidade de realização da manutenção do ramal após a PRF, lado esquerdo, Estrada de Acesso aos chacareiros locais.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>Indicação nº 343, de autoria do Vereador  Éverson Queiroz: Indica ao Chefe do Poder Executivo, a pedido da moradora Ronisia, a possibilidade de construção de uma lombada com a devida sinalização na Rua Antônio Matias dos Santos, nas proximidades do número 3578, setor 08.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>Indicação nº 344, de autoria da Vereadora  Suhelen Fernanda: Indica ao Chefe do Poder Executivo,  indica ao Chefe do Poder Executivo que seja providenciada a construção de uma pista de caminhada na Avenida Dom Pedro, Setor 04.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>Indicação nº 345, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de troca da iluminação pública na Rua Rio Grande do Sul, Setor 5, especificamente no segundo poste após a Rua São Paulo.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>Indicação nº 346, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de aquisição de gravadores de áudio e vídeo para utilização nos procedimentos de Escuta Especializada e Depoimento Especial, conforme previsto na Lei nº 13.431/2017, para atendimento de crianças e adolescentes vítimas ou testemunhas de violência, através da Secretaria Municipal de Desenvolvimento Social (SEMDES) de Jaru.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>Indicação nº 347, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a pavimentação asfáltica da Rua Cândido Portinari, no trecho entre a Rua Marechal Rondon e a Rua Florianópolis, Setor 7.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>Indicação nº 348, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de instituir a realização de aulões de Zumba no município de Jaru, promovidos e organizados pela Secretaria Municipal de Esporte, Lazer e Juventude de Jaru.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>Indicação nº 349, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de instalar uma faixa de pedestre na Rua Ricardo Catanhede, em frente à Igreja de Cristo Pentecostal Internacional, localizada ao lado da agência dos Correios.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>Indicação nº 350, de autoria da Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de instalar o Banco Vermelho em locais estratégicos do município, como escolas, praças e órgãos públicos municipais, com o objetivo de promover a conscientização sobre o combate à violência contra a mulher.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>Indicação nº 351, de autoria da  Vereadora e  Presidente Tatiane da Saúde: Solicita ao Chefe do Poder Executivo que sejam adotadas providências necessárias para a realização de treinamento da equipe do Hospital Municipal, com foco no acolhimento e atendimento de pacientes diagnosticados com fibromialgia, a pedido da Sra. Marlene.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>Indicação nº 352, de autoria do  Vereador Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal, por meio da Secretaria competente, a necessidade de providenciar, com urgência, a colocação de uma tampa de bueiro na Rua Padre Chiquinho, esquina com a Rua Belo Horizonte, Setor 3, neste Município. O bueiro encontra-se aberto, onde já ocasionou acidente, tal situação exige providências  garantindo a segurança da comunidade. Além disso, é importante ressaltar a necessidade de um programa de manutenção preventiva e periódica da rede de bueiros em todo o Município.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>Indicação nº 353, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pintura de todos os quebra-molas existentes nas ruas e avenidas do município, visando maior visibilidade e segurança no trânsito. a pedido da Sra. Marcia.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>Indicação nº 354, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de criação de uma lei municipal que institua a "Semana do Idoso", a ser comemorada anualmente na primeira semana de outubro, em consonância com o Dia Nacional do Idoso, celebrado em 1º de outubro.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>Indicação nº 355, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade para a instalação de tendas no ponto de espera do transporte escolar do Jardim Primavera, garantindo maior segurança e conforto aos estudantes que utilizam o serviço diariamente.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>Indicação nº 356, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a  possibilidade para a pavimentação asfáltica da Rua Cândido Portinari, no Setor  07, no trecho que faz esquina com a Avenida Dom Pedro, próximo à Radio plan, A pedido da Moradora Karla.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>Indicação nº 357, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a  possibilidade para a pavimentação asfáltica da Rua Osvaldo Cruz, nº 3003,  localizada no Setor 04, a pedido da moradora Niete Regina.</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>Indicação nº 358, de autoria do  Vereador Mestre Café: Indica ao Chefe do Poder Executivo a pavimentação asfáltica das seguintes ruas: Rua Sebastião Cabral de Souza entre as ruas, João Batista e Afonso José, setor 04 e   Avenida Vereador Otavio Pereira Neto, entre as ruas Florianópolis e Joaquim Ananias.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>Indicação nº 359, de autoria da  Vereadora Suhelen Fernanda: Indica ao Chefe do Poder Executivo que seja feita a regulamentação da Lei de Incentivo ao Esporte nº 2.361/GP/2018.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>Indicação nº 360, de autoria do  Vereador Mestre Café: Indica ao Chefe do Poder Executivo que seja feita a implantação de quebra-molas nas seguintes ruas: Rua Minervino Viana, entre as ruas Padre Chiquinho e Afonso José setor 04. Rua Osvaldo Cruz, nas proximidades da casa do número 1764, setor 04.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>Indicação nº 361, de autoria do  Vereador Dr. Éverson Queiróz: A pedido de Thaíz Ovídio, indica ao Chefe do Poder Executivo Municipal a contratação de médicos neuropediatras para a rede pública de saúde.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>Indicação nº 362, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a aplicação de pó de brita ou outro material similar no trecho da Rua Jorge Teixeira com a Rua Goiás.</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>Indicação nº 363, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação do Projeto de Defesa Pessoal, destinado à comunidade em geral, com foco especial em mulheres, adolescentes e idosos, visando proporcionar mais segurança, preparo físico, autoconfiança e bem-estar social.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>Indicação nº 364, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a pavimentação asfáltica da Rua Ermano dos Santos, no cruzamento com a Avenida Dom Pedro I , localizada no Setor 07, A pedido do Sr. Kalleb.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>Indicação nº 365, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a pavimentação asfáltica da Rua Emílio Moret, localizada no Setor 07, A pedido da Sra. Jaqueline.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>Indicação nº 366, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a pavimentação asfáltica da Rua Benjamin Constant, localizada no Setor 07, A pedido da Sra. Eliena.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>Indicação nº 367, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a pavimentação asfáltica da Avenida Dom Pedro I, no trecho compreendido entre a Rua Ermano dos Santos até a  Rua Sem Denominação, nº 2439, localizada no Setor 07, a pedido dos moradores, A pedido da Sra. Sara.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>Indicação nº 368, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realizar a pavimentação asfáltica da Rua Emílio Moret, localizada no Setor 07, ao lado do cemitério e da Capela Mortuária do Município de Jaru, A Pedido do Sr. Ezequias.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>Indicação nº 369, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a realização da limpeza e manutenção da Praça da Baixada, garantindo a conservação do espaço público para a comunidade, A pedido do Sr. José.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>Indicação nº 370, de autoria do  Vereador Rafael Lopes: Solicita ao Chefe do Poder Executivo a possibilidade de  implantação de faixa de pedestre na Rua Rio Grande do Sul, próximo ao número 3672, no setor 05, a pedido do morador Alan Carlos.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>Indicação nº 371, de autoria da  Vereadora e Presidente Tatiane da Saúde: Indica ao Chefe do Poder Executivo Municipal a instalação de quebra-molas (lombadas) nos seguintes locais: Rua Afonso José, nas proximidades do número 3620, entre as Ruas Piauí e Raimundo Cantanhede, a pedido da Sra. Daiane Dias. Rua Afonso José, entre as Ruas Almirante Barroso e Osvaldo Cruz, a pedido do Sra. Rosilda. Rua Plácido de Castro, entre as Ruas Padre Chiquinho e Afonso José, a pedido do Sr. Amarildo. Rua Minas Gerais, nas proximidades da Avenida Tiradentes, a pedido da Sra. Gerliane. Rua Jatobá, a pedido dos moradores do Residencial Orleans. Rua 7 de setembro, esquina com a Rua Marcílio Dias, a pedido da Sra. Gislaine. Avenida Dom Pedro, no setor 06, a pedido da Sra. Edna.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>Indicação nº 372, de autoria da  Vereadora e Presidente Tatiane da Saúde: Indica ao Chefe do Poder Executivo que seja realizado a pavimentação asfáltica nos seguintes endereços: Rua Francisco Nunes, equina com a Rua Maranhão a pedido da Sr. Cabelo.  Rua 1º de Maio, setor 06, a pedido do senhor Hélio. Rua Ruth Cardoso, entre as Ruas Padre Chiquinho e Florianópolis, a pedido da Sra. Maria Lúcia.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>Indicação nº 373, de autoria da  Vereadora e Presidente Tatiane da Saúde: Indica ao Chefe do Poder Executivo Municipal a instalação de redutores de velocidade na rotatória do cruzamento entre a Rua Tapajós e Av. Vereador Otaviano Pereira Neto, em frente ao IFRO Campus Jaru, a pedido da Sr. Carlos Eduardo.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>Indicação nº 374, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de buscar parceria com a implantação da Casa da Mulher Brasileira, atualmente em construção na cidade de Porto Velho, a fim de ampliar o alcance desse atendimento também às mulheres do Município de Jaru.</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>Indicação nº 375, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de um quebra-mola em frente à Escola Jardim Primavera, localizada no Residencial Jardim Primavera, A pedido das mães dos alunos.</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>Indicação nº 376, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de um quebra-mola na Estrada Primavera, que dá acesso ao Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>Indicação nº 377, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de instituir, no mês de outubro, a realização da Semana do Talento Kids, contemplando a formação de um coral infantil no município de Jaru.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>Indicação nº 378, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de revitalização da faixa de pedestres na Rua Raimundo Barreto, no Setor 07, A pedido dos Moradores.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>Indicação nº 379, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de uma faixa de pedestres em frente à Igreja Pentecostal Ebenézer, localizada na Rua Rio Grande do Sul, nº 3672, Setor 05.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>Indicação nº 380, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de realização de serviços de limpeza e manutenção nas áreas públicas do Habitacional Primavera.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>Indicação nº 381, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de pavimentação asfáltica na quadra da Rua Nilton de Oliveira Araújo, localizada entre as ruas João Batista e Afonso José.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>Indicação nº 382, de autoria da  Vereadora Sthella Almeida: Indica ao Chefe do Poder Executivo Municipal a possibilidade de implantação de hortas pedagógicas em todas as escolas da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>Indicação nº 383, de autoria do  Vereador Rafael Lopes: Solicita providência para manutenção e cascalhamento na Rua 21 de Abril, bairro Jardim Novo Estado, a pedido do morador Waleson.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>Indicação nº 384, de autoria do  Vereador Rafael Lopes: Indica ao Excelentíssimo Senhor Prefeito Municipal junto à secretaria competente, a solicitação de envio de Projeto de Lei que Institui a Creche Municipal para Idosos no Município de Jaru/RO e dá outras providências. Em anexo a indicação segue anteprojeto.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>Indicação nº 385, de autoria do  Vereador Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal, por meio da Secretaria competente, a necessidade de providenciar, com urgência, a colocação de duas tampas de bueiro nas seguintes localidades: Rua Rio Branco, em frente ao nº 1520, Rua Rio de Janeiro, próximo à Padaria Ki-Pão. Os bueiros encontram-se com a tampa quebrada   tal situação exige providências garantindo a segurança da comunidade.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>Indicação nº 386, de autoria do  Vereador Chiquinho do Cacau: Solicita ao Chefe do Poder Executivo Municipal, por meio da Secretaria competente, a necessidade de providenciar, a instalação de placas indicativas em todas as entradas das linhas da zona rural, com mensagens de alerta e conscientização para que não sejam jogados lixo ou resíduos nas estradas rurais do Município.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>Indicação nº 387, de autoria do  Vereador Mestre Café: Indica ao Chefe do Poder Executivo a aquisição de novos computadores para o Distrito de Tarilândia no Centro de saúde Diferenciado Izaltino Lopes De Andrade.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>Indicação nº 388, de autoria do  Vereador Mestre Café: Indica ao Chefe do Poder Executivo para que seja feita a pavimentação asfáltica na Avenida Dom Pedro I, entre a rua Emílio Moret, no setor 04.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3130,66 +5161,65 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ja_foi_enviado_para_os_vereadores_proposta_de_emenda_a_lei_organica_no_26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pr_400.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/247/pl_465.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/248/pl_466.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_467.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_468.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/9/pl_4207.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1/19-008824-2025_01_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pl_4.374.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pl_4.375.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl_4.376.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/5/pl_4380.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_4381.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/7/pl_4382.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/12/pl_4391.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/13/pl_4392.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/214/pl_4401.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/215/pl_4402.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/216/pl_4403.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_4404.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/228/19-012217-2025_01_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/224/pl_4.417.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/225/pl_4.418.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/226/pl_4.419.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/227/pl_4.420.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/230/pl_4.421.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/231/pl_4.422.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/249/pl_4423.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/250/pl_4424.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/232/pl_4.425.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_4426.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/252/pl_4427.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/253/pl_4428.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/254/pl_4429.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/255/pl_4431.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/256/pl_4432.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/257/pl_4433.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/233/pl_4.435.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/234/pl_4.436.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_4.438.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_4.439.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_4.440.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/238/pl_4.441.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/239/pl_4.442.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_4.445.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_4.447.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/242/pl_4.448.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/243/pl_4.449.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/244/pl_4.450.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/245/pl_4.451.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/246/pl_4.452.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/258/pl_4453.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/259/pl_4456.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/260/pl_4457.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_4458.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_4459.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_4461.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_4462.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_4463.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_4464.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/271/pl_4465.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_4466.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/273/pl_4467.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_4468.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/275/pl_4469.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/277/pl_4470.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/278/pl_4471.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/337/pl_4472.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/338/pl_4473.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/339/pl_4474.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/340/pl_4475.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/341/pl_4476.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/342/pl_4477.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/56/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/57/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/58/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/59/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/60/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/61/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/62/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/63/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/64/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/80/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/81/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/82/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/83/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/112/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/113/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/114/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/115/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/116/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/132/cmj_indicacao-6.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/156/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/157/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/158/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ja_foi_enviado_para_os_vereadores_proposta_de_emenda_a_lei_organica_no_26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pr_400.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/247/pl_465.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/248/pl_466.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_467.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_468.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/9/pl_4207.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1/19-008824-2025_01_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pl_4.374.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pl_4.375.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl_4.376.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/5/pl_4380.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_4381.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/7/pl_4382.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/12/pl_4391.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/13/pl_4392.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/214/pl_4401.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/215/pl_4402.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/216/pl_4403.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_4404.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/228/19-012217-2025_01_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/224/pl_4.417.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/225/pl_4.418.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/226/pl_4.419.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/227/pl_4.420.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/230/pl_4.421.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/231/pl_4.422.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/249/pl_4423.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/250/pl_4424.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/232/pl_4.425.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_4426.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/252/pl_4427.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/253/pl_4428.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/254/pl_4429.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/255/pl_4431.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/256/pl_4432.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/257/pl_4433.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/233/pl_4.435.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/234/pl_4.436.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_4.438.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_4.439.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_4.440.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/238/pl_4.441.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/239/pl_4.442.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_4.445.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_4.447.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/242/pl_4.448.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/243/pl_4.449.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/244/pl_4.450.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/245/pl_4.451.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/246/pl_4.452.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/258/pl_4453.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/259/pl_4456.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/260/pl_4457.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_4458.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_4459.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_4461.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_4462.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_4463.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_4464.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/271/pl_4465.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_4466.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/273/pl_4467.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_4468.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/275/pl_4469.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/277/pl_4470.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/278/pl_4471.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/337/pl_4472.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/338/pl_4473.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/339/pl_4474.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/340/pl_4475.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/341/pl_4476.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/342/pl_4477.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/345/pl_4480.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/346/pl_4481.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/347/pl_4482.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/348/pl_4483.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/349/pl_4484.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/350/pl_4485.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/351/pl_4486.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/352/pl_4488.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/353/pl_4489.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/354/pl_4490.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/355/pl_4491.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/356/pl_4492.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/358/pl_4495.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/359/pl_4496.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/360/pl_4497.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/415/pl_4498.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/416/pl_4499.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/417/pl_4500.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/418/pl_4501.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/419/pl_4502.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/420/pl_4503.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/421/pl_4504.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/422/pl_4505.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/423/pl_4506.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/424/pl_4507.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/425/pl_4508.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/426/pl_4509.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/427/pl_4510.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/428/pl_4511.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/429/pl_4512.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/430/pl_4513.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_4514.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_4515.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_4516.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/459/pl_4517.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/478/pl_4518.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pr_401_-_fernando_maximo_-_celiandro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/cmj_ata-1_-1_4.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/cmj_ata-2_-1_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/cmj_ata-03_2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/cmj_ata-4_-1_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/cmj_ata-5_-2_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/cmj_ata-6_-2_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/cmj_ata-7_-2_4.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/cmj_ata-8_-1_3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/cmj_ata-9_-3_4.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/cmj_ata-10_-2_2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/cmj_ata-11_-3_3.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/cmj_ata-12_-2_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/cmj_ata-13_-2_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/ata-14_-2_2.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/ata-15_3.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/ata-16_4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/cmj_ata-17_-1_3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/cmj_ata-18_-2_2.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/cmj_ata-19_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/cmj_ata-20_-1_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/cmj_ata-24_-2_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/cmj_ata-25_-3_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/cmj_ata-29_-1_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/cmj_ata-31_-1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/cmj_ata-32_-6.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/cmj_ata-34_-2_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/cmj_ata-35_-1_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/cmj_ata-36_-2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/cmj_ata-37_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/cmj_ata-38.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/cmj_ata-39_2.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1123/cmj_ata-2_5.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/cmj_ata-3_-1_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/cmj_ata-4_3.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/cmj_ata-5_4_-_copia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/cmj_ata-6_4.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/cmj_ata-7_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/cmj_ata-8_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/cmj_ata-9_-2_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/cmj_ata-10_-1_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/cmj_ata-11_-4.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/cmj_ata-12_5.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/01-cmj_ata-13_-1_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/cmj_ata-14_-1_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/cmj_ata-15_-2_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/cmj_ata-16_-2_2.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/ata-17_-1_3.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/ata-19_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/cmj_ata-20_4.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/cmj_ata-28_-1_3.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/cmj_ata-29_2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/ata-30_-2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/cmj_ata-31_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/cmj_ata-32_-5.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/cmj_ata-33_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/cmj_ata-34_3.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/cmj_ata-35_2.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/cmj_ata-41_1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/cmj_ata-42_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/cmj_ata-43_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/cmj_ata-44.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1064/cmj_ata-45.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/cmj_ata-46.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lista_1a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lista_2a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/lista_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/lista_5a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/lista_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/lista_7a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/lista_8a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/lista_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/lista_de_presenca_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/lista_11a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/lista_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/lista_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/lista_de_presenca_da_14a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/lista_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/lista_de_presenca_16a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/lista_de_presenca_na_17_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/lista_19a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1164/lista_20a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/lista_de_presenca_22.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/lista_de_presenca_23.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1170/lista_de_presenca_da_25a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/56/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/57/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/58/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/59/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/60/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/61/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/62/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/63/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/64/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/80/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/81/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/82/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/83/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/112/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/113/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/114/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/115/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/116/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/132/cmj_indicacao-6.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/156/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/157/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/158/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H342"/>
+  <dimension ref="A1:H605"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5308,6762 +7338,13321 @@
       </c>
       <c r="D83" t="s">
         <v>18</v>
       </c>
       <c r="E83" t="s">
         <v>19</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>335</v>
       </c>
       <c r="H83" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>337</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>43</v>
+        <v>338</v>
       </c>
       <c r="D84" t="s">
-        <v>338</v>
+        <v>18</v>
       </c>
       <c r="E84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>341</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>342</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>18</v>
+      </c>
+      <c r="E85" t="s">
+        <v>19</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>345</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>346</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>18</v>
+      </c>
+      <c r="E86" t="s">
+        <v>19</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="D86" t="s">
+      <c r="H86" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>349</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>350</v>
+      </c>
+      <c r="D87" t="s">
+        <v>18</v>
+      </c>
+      <c r="E87" t="s">
+        <v>19</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H87" t="s">
         <v>352</v>
-      </c>
-[...19 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>353</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>354</v>
+      </c>
+      <c r="D88" t="s">
+        <v>18</v>
+      </c>
+      <c r="E88" t="s">
+        <v>19</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H88" t="s">
         <v>356</v>
-      </c>
-[...19 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>357</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>358</v>
+      </c>
+      <c r="D89" t="s">
+        <v>18</v>
+      </c>
+      <c r="E89" t="s">
+        <v>19</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H89" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>361</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>362</v>
+      </c>
+      <c r="D90" t="s">
+        <v>18</v>
+      </c>
+      <c r="E90" t="s">
+        <v>19</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H90" t="s">
         <v>364</v>
-      </c>
-[...19 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>365</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>366</v>
+      </c>
+      <c r="D91" t="s">
+        <v>18</v>
+      </c>
+      <c r="E91" t="s">
+        <v>19</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H91" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D92" t="s">
-        <v>370</v>
+        <v>18</v>
       </c>
       <c r="E92" t="s">
+        <v>19</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="F92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H92" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>374</v>
       </c>
       <c r="D93" t="s">
-        <v>370</v>
+        <v>18</v>
       </c>
       <c r="E93" t="s">
-        <v>371</v>
+        <v>19</v>
       </c>
       <c r="F93" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="H93" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="D94" t="s">
-        <v>370</v>
+        <v>18</v>
       </c>
       <c r="E94" t="s">
-        <v>371</v>
+        <v>19</v>
       </c>
       <c r="F94" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>73</v>
+        <v>379</v>
       </c>
       <c r="H94" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>347</v>
+        <v>381</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>43</v>
+        <v>382</v>
       </c>
       <c r="D95" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E95" t="s">
+        <v>19</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>353</v>
+        <v>385</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>47</v>
+        <v>386</v>
       </c>
       <c r="D96" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E96" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F96" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H96" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>357</v>
+        <v>389</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>51</v>
+        <v>390</v>
       </c>
       <c r="D97" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E97" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F97" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="H97" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>369</v>
+        <v>393</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>55</v>
+        <v>394</v>
       </c>
       <c r="D98" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E98" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F98" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="H98" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>375</v>
+        <v>397</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>59</v>
+        <v>398</v>
       </c>
       <c r="D99" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E99" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F99" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="H99" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>10</v>
+        <v>401</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>63</v>
+        <v>402</v>
       </c>
       <c r="D100" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E100" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F100" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="H100" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>361</v>
+        <v>405</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>67</v>
+        <v>406</v>
       </c>
       <c r="D101" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E101" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F101" t="s">
-        <v>396</v>
+        <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="H101" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>365</v>
+        <v>409</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="D102" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E102" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F102" t="s">
-        <v>396</v>
+        <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>73</v>
+        <v>411</v>
       </c>
       <c r="H102" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>39</v>
+        <v>414</v>
       </c>
       <c r="D103" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E103" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F103" t="s">
-        <v>402</v>
+        <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>73</v>
+        <v>415</v>
       </c>
       <c r="H103" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="D104" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E104" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F104" t="s">
-        <v>402</v>
+        <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>73</v>
+        <v>419</v>
       </c>
       <c r="H104" t="s">
-        <v>406</v>
+        <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>71</v>
+        <v>422</v>
       </c>
       <c r="D105" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E105" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F105" t="s">
-        <v>402</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>73</v>
+        <v>423</v>
       </c>
       <c r="H105" t="s">
-        <v>408</v>
+        <v>424</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>409</v>
+        <v>425</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>75</v>
+        <v>426</v>
       </c>
       <c r="D106" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E106" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F106" t="s">
-        <v>410</v>
+        <v>13</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>73</v>
+        <v>427</v>
       </c>
       <c r="H106" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>412</v>
+        <v>429</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>79</v>
+        <v>430</v>
       </c>
       <c r="D107" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E107" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F107" t="s">
-        <v>410</v>
+        <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>73</v>
+        <v>431</v>
       </c>
       <c r="H107" t="s">
-        <v>411</v>
+        <v>432</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>413</v>
+        <v>433</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="D108" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E108" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F108" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>73</v>
+        <v>435</v>
       </c>
       <c r="H108" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>415</v>
+        <v>437</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>86</v>
+        <v>438</v>
       </c>
       <c r="D109" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E109" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F109" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>73</v>
+        <v>439</v>
       </c>
       <c r="H109" t="s">
-        <v>416</v>
+        <v>440</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>417</v>
+        <v>441</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>89</v>
+        <v>442</v>
       </c>
       <c r="D110" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E110" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F110" t="s">
-        <v>418</v>
+        <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>73</v>
+        <v>443</v>
       </c>
       <c r="H110" t="s">
-        <v>419</v>
+        <v>444</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>420</v>
+        <v>445</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>92</v>
+        <v>446</v>
       </c>
       <c r="D111" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E111" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F111" t="s">
-        <v>421</v>
+        <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>73</v>
+        <v>447</v>
       </c>
       <c r="H111" t="s">
-        <v>422</v>
+        <v>448</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>423</v>
+        <v>449</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>95</v>
+        <v>450</v>
       </c>
       <c r="D112" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E112" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F112" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>424</v>
+        <v>451</v>
       </c>
       <c r="H112" t="s">
-        <v>425</v>
+        <v>452</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>426</v>
+        <v>453</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>98</v>
+        <v>454</v>
       </c>
       <c r="D113" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E113" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F113" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>73</v>
+        <v>455</v>
       </c>
       <c r="H113" t="s">
-        <v>427</v>
+        <v>456</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>428</v>
+        <v>457</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>429</v>
+        <v>458</v>
       </c>
       <c r="D114" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E114" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F114" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>73</v>
+        <v>459</v>
       </c>
       <c r="H114" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>431</v>
+        <v>461</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>347</v>
+        <v>462</v>
       </c>
       <c r="D115" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E115" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F115" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>73</v>
+        <v>463</v>
       </c>
       <c r="H115" t="s">
-        <v>432</v>
+        <v>464</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>433</v>
+        <v>465</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>353</v>
+        <v>466</v>
       </c>
       <c r="D116" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E116" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F116" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>434</v>
+        <v>467</v>
       </c>
       <c r="H116" t="s">
-        <v>435</v>
+        <v>468</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>436</v>
+        <v>469</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>357</v>
+        <v>470</v>
       </c>
       <c r="D117" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E117" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F117" t="s">
-        <v>437</v>
+        <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>73</v>
+        <v>471</v>
       </c>
       <c r="H117" t="s">
-        <v>438</v>
+        <v>472</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>439</v>
+        <v>473</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>369</v>
+        <v>474</v>
       </c>
       <c r="D118" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E118" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F118" t="s">
-        <v>437</v>
+        <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>73</v>
+        <v>475</v>
       </c>
       <c r="H118" t="s">
-        <v>440</v>
+        <v>476</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>441</v>
+        <v>477</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>375</v>
+        <v>478</v>
       </c>
       <c r="D119" t="s">
-        <v>382</v>
+        <v>18</v>
       </c>
       <c r="E119" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="F119" t="s">
-        <v>437</v>
+        <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>73</v>
+        <v>479</v>
       </c>
       <c r="H119" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D120" t="s">
-        <v>382</v>
+        <v>482</v>
       </c>
       <c r="E120" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>483</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>73</v>
+        <v>484</v>
       </c>
       <c r="H120" t="s">
-        <v>444</v>
+        <v>485</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>445</v>
+        <v>486</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>361</v>
+        <v>487</v>
       </c>
       <c r="D121" t="s">
-        <v>382</v>
+        <v>482</v>
       </c>
       <c r="E121" t="s">
-        <v>383</v>
+        <v>483</v>
       </c>
       <c r="F121" t="s">
-        <v>396</v>
+        <v>488</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>73</v>
+        <v>489</v>
       </c>
       <c r="H121" t="s">
-        <v>446</v>
+        <v>490</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>447</v>
+        <v>491</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>365</v>
+        <v>492</v>
       </c>
       <c r="D122" t="s">
-        <v>382</v>
+        <v>482</v>
       </c>
       <c r="E122" t="s">
-        <v>383</v>
+        <v>483</v>
       </c>
       <c r="F122" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>73</v>
+        <v>493</v>
       </c>
       <c r="H122" t="s">
-        <v>448</v>
+        <v>494</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>449</v>
+        <v>495</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>401</v>
+        <v>43</v>
       </c>
       <c r="D123" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E123" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>497</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>73</v>
+        <v>498</v>
       </c>
       <c r="H123" t="s">
-        <v>450</v>
+        <v>499</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>451</v>
+        <v>500</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>404</v>
+        <v>47</v>
       </c>
       <c r="D124" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E124" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>497</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>73</v>
+        <v>501</v>
       </c>
       <c r="H124" t="s">
-        <v>452</v>
+        <v>502</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>453</v>
+        <v>503</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>407</v>
+        <v>51</v>
       </c>
       <c r="D125" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E125" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>497</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>73</v>
+        <v>504</v>
       </c>
       <c r="H125" t="s">
-        <v>454</v>
+        <v>505</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>455</v>
+        <v>506</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>409</v>
+        <v>55</v>
       </c>
       <c r="D126" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E126" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>497</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>73</v>
+        <v>507</v>
       </c>
       <c r="H126" t="s">
-        <v>457</v>
+        <v>508</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>458</v>
+        <v>509</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>412</v>
+        <v>59</v>
       </c>
       <c r="D127" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E127" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>497</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>73</v>
+        <v>510</v>
       </c>
       <c r="H127" t="s">
-        <v>459</v>
+        <v>511</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>460</v>
+        <v>512</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>413</v>
+        <v>63</v>
       </c>
       <c r="D128" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E128" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>497</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>73</v>
+        <v>513</v>
       </c>
       <c r="H128" t="s">
-        <v>461</v>
+        <v>514</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>462</v>
+        <v>515</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>415</v>
+        <v>67</v>
       </c>
       <c r="D129" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E129" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>497</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>73</v>
+        <v>516</v>
       </c>
       <c r="H129" t="s">
-        <v>463</v>
+        <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>464</v>
+        <v>518</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>417</v>
+        <v>519</v>
       </c>
       <c r="D130" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E130" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>465</v>
+        <v>520</v>
       </c>
       <c r="H130" t="s">
-        <v>466</v>
+        <v>521</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>467</v>
+        <v>522</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>420</v>
+        <v>39</v>
       </c>
       <c r="D131" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E131" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>468</v>
+        <v>523</v>
       </c>
       <c r="H131" t="s">
-        <v>469</v>
+        <v>524</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>470</v>
+        <v>525</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>423</v>
+        <v>526</v>
       </c>
       <c r="D132" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E132" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>471</v>
+        <v>527</v>
       </c>
       <c r="H132" t="s">
-        <v>472</v>
+        <v>528</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>473</v>
+        <v>529</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>426</v>
+        <v>71</v>
       </c>
       <c r="D133" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E133" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>474</v>
+        <v>530</v>
       </c>
       <c r="H133" t="s">
-        <v>475</v>
+        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>476</v>
+        <v>532</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>428</v>
+        <v>75</v>
       </c>
       <c r="D134" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E134" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>477</v>
+        <v>533</v>
       </c>
       <c r="H134" t="s">
-        <v>478</v>
+        <v>534</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>479</v>
+        <v>535</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>431</v>
+        <v>79</v>
       </c>
       <c r="D135" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E135" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>480</v>
+        <v>536</v>
       </c>
       <c r="H135" t="s">
-        <v>481</v>
+        <v>537</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>482</v>
+        <v>538</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>433</v>
+        <v>83</v>
       </c>
       <c r="D136" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E136" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>483</v>
+        <v>539</v>
       </c>
       <c r="H136" t="s">
-        <v>484</v>
+        <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>485</v>
+        <v>541</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>436</v>
+        <v>86</v>
       </c>
       <c r="D137" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E137" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>487</v>
+        <v>542</v>
       </c>
       <c r="H137" t="s">
-        <v>488</v>
+        <v>543</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>489</v>
+        <v>544</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>439</v>
+        <v>89</v>
       </c>
       <c r="D138" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E138" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>490</v>
+        <v>545</v>
       </c>
       <c r="H138" t="s">
-        <v>491</v>
+        <v>546</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>492</v>
+        <v>547</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>441</v>
+        <v>92</v>
       </c>
       <c r="D139" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E139" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>73</v>
+        <v>548</v>
       </c>
       <c r="H139" t="s">
-        <v>493</v>
+        <v>549</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>494</v>
+        <v>550</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>443</v>
+        <v>95</v>
       </c>
       <c r="D140" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E140" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>73</v>
+        <v>551</v>
       </c>
       <c r="H140" t="s">
-        <v>495</v>
+        <v>552</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>553</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>98</v>
+      </c>
+      <c r="D141" t="s">
         <v>496</v>
       </c>
-      <c r="B141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E141" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>73</v>
+        <v>554</v>
       </c>
       <c r="H141" t="s">
-        <v>497</v>
+        <v>555</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>498</v>
+        <v>556</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>447</v>
+        <v>557</v>
       </c>
       <c r="D142" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E142" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>497</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>73</v>
+        <v>558</v>
       </c>
       <c r="H142" t="s">
-        <v>499</v>
+        <v>559</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>500</v>
+        <v>560</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>449</v>
+        <v>561</v>
       </c>
       <c r="D143" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E143" t="s">
-        <v>383</v>
+        <v>497</v>
       </c>
       <c r="F143" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>73</v>
+        <v>562</v>
       </c>
       <c r="H143" t="s">
-        <v>501</v>
+        <v>563</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>502</v>
+        <v>564</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>451</v>
+        <v>565</v>
       </c>
       <c r="D144" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E144" t="s">
-        <v>383</v>
+        <v>497</v>
       </c>
       <c r="F144" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>73</v>
+        <v>566</v>
       </c>
       <c r="H144" t="s">
-        <v>503</v>
+        <v>567</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>504</v>
+        <v>568</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>453</v>
+        <v>569</v>
       </c>
       <c r="D145" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E145" t="s">
-        <v>383</v>
+        <v>497</v>
       </c>
       <c r="F145" t="s">
-        <v>418</v>
+        <v>20</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>73</v>
+        <v>570</v>
       </c>
       <c r="H145" t="s">
-        <v>505</v>
+        <v>571</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>506</v>
+        <v>572</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>455</v>
+        <v>573</v>
       </c>
       <c r="D146" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E146" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>497</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>73</v>
+        <v>574</v>
       </c>
       <c r="H146" t="s">
-        <v>507</v>
+        <v>575</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>508</v>
+        <v>576</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>458</v>
+        <v>577</v>
       </c>
       <c r="D147" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E147" t="s">
-        <v>383</v>
+        <v>497</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>73</v>
+        <v>578</v>
       </c>
       <c r="H147" t="s">
-        <v>509</v>
+        <v>579</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>510</v>
+        <v>580</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>460</v>
+        <v>10</v>
       </c>
       <c r="D148" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E148" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>497</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H148" t="s">
-        <v>512</v>
+        <v>581</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>513</v>
+        <v>582</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>462</v>
+        <v>583</v>
       </c>
       <c r="D149" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E149" t="s">
-        <v>383</v>
+        <v>497</v>
       </c>
       <c r="F149" t="s">
-        <v>456</v>
+        <v>20</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>73</v>
+        <v>584</v>
       </c>
       <c r="H149" t="s">
-        <v>514</v>
+        <v>585</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>515</v>
+        <v>586</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>464</v>
+        <v>587</v>
       </c>
       <c r="D150" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E150" t="s">
-        <v>383</v>
+        <v>497</v>
       </c>
       <c r="F150" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>73</v>
+        <v>588</v>
       </c>
       <c r="H150" t="s">
-        <v>516</v>
+        <v>589</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>517</v>
+        <v>590</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>467</v>
+        <v>591</v>
       </c>
       <c r="D151" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E151" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>497</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>73</v>
+        <v>592</v>
       </c>
       <c r="H151" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>519</v>
+        <v>594</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>470</v>
+        <v>595</v>
       </c>
       <c r="D152" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E152" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>497</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H152" t="s">
-        <v>520</v>
+        <v>596</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>521</v>
+        <v>597</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>473</v>
+        <v>598</v>
       </c>
       <c r="D153" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E153" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>497</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>73</v>
+        <v>599</v>
       </c>
       <c r="H153" t="s">
-        <v>522</v>
+        <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>523</v>
+        <v>601</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>476</v>
+        <v>602</v>
       </c>
       <c r="D154" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E154" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>524</v>
+        <v>603</v>
       </c>
       <c r="H154" t="s">
-        <v>525</v>
+        <v>604</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>526</v>
+        <v>605</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="D155" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E155" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>527</v>
+        <v>73</v>
       </c>
       <c r="H155" t="s">
-        <v>528</v>
+        <v>607</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>529</v>
+        <v>608</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>482</v>
+        <v>609</v>
       </c>
       <c r="D156" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E156" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>530</v>
+        <v>610</v>
       </c>
       <c r="H156" t="s">
-        <v>531</v>
+        <v>611</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>532</v>
+        <v>612</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>485</v>
+        <v>613</v>
       </c>
       <c r="D157" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E157" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>497</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>533</v>
+        <v>614</v>
       </c>
       <c r="H157" t="s">
-        <v>534</v>
+        <v>615</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>535</v>
+        <v>616</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>489</v>
+        <v>617</v>
       </c>
       <c r="D158" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E158" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>497</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>73</v>
+        <v>618</v>
       </c>
       <c r="H158" t="s">
-        <v>536</v>
+        <v>619</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>537</v>
+        <v>620</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>492</v>
+        <v>621</v>
       </c>
       <c r="D159" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E159" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>497</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>73</v>
+        <v>622</v>
       </c>
       <c r="H159" t="s">
-        <v>538</v>
+        <v>623</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>539</v>
+        <v>624</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>494</v>
+        <v>625</v>
       </c>
       <c r="D160" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E160" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>497</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>73</v>
+        <v>626</v>
       </c>
       <c r="H160" t="s">
-        <v>540</v>
+        <v>627</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>541</v>
+        <v>628</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>498</v>
+        <v>629</v>
       </c>
       <c r="D161" t="s">
-        <v>382</v>
+        <v>496</v>
       </c>
       <c r="E161" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>497</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>73</v>
+        <v>630</v>
       </c>
       <c r="H161" t="s">
-        <v>542</v>
+        <v>631</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>543</v>
+        <v>632</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>500</v>
+        <v>47</v>
       </c>
       <c r="D162" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E162" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>73</v>
+        <v>635</v>
       </c>
       <c r="H162" t="s">
-        <v>544</v>
+        <v>636</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>545</v>
+        <v>637</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>502</v>
+        <v>51</v>
       </c>
       <c r="D163" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E163" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>73</v>
+        <v>638</v>
       </c>
       <c r="H163" t="s">
-        <v>546</v>
+        <v>639</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>547</v>
+        <v>640</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>504</v>
+        <v>55</v>
       </c>
       <c r="D164" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E164" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>634</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>73</v>
+        <v>641</v>
       </c>
       <c r="H164" t="s">
-        <v>548</v>
+        <v>642</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>549</v>
+        <v>643</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>506</v>
+        <v>59</v>
       </c>
       <c r="D165" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E165" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>634</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>73</v>
+        <v>644</v>
       </c>
       <c r="H165" t="s">
-        <v>550</v>
+        <v>645</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>551</v>
+        <v>646</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>508</v>
+        <v>63</v>
       </c>
       <c r="D166" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E166" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>634</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>73</v>
+        <v>647</v>
       </c>
       <c r="H166" t="s">
-        <v>552</v>
+        <v>648</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>553</v>
+        <v>649</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>510</v>
+        <v>67</v>
       </c>
       <c r="D167" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E167" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>634</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>73</v>
+        <v>650</v>
       </c>
       <c r="H167" t="s">
-        <v>554</v>
+        <v>651</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>555</v>
+        <v>652</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="D168" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E168" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>634</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>73</v>
+        <v>653</v>
       </c>
       <c r="H168" t="s">
-        <v>556</v>
+        <v>654</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>557</v>
+        <v>655</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>515</v>
+        <v>39</v>
       </c>
       <c r="D169" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E169" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>634</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>73</v>
+        <v>656</v>
       </c>
       <c r="H169" t="s">
-        <v>558</v>
+        <v>657</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>559</v>
+        <v>658</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="D170" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E170" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>634</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>73</v>
+        <v>659</v>
       </c>
       <c r="H170" t="s">
-        <v>560</v>
+        <v>660</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>561</v>
+        <v>661</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>519</v>
+        <v>71</v>
       </c>
       <c r="D171" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E171" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>73</v>
+        <v>662</v>
       </c>
       <c r="H171" t="s">
-        <v>562</v>
+        <v>663</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>563</v>
+        <v>664</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>521</v>
+        <v>75</v>
       </c>
       <c r="D172" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E172" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>73</v>
+        <v>665</v>
       </c>
       <c r="H172" t="s">
-        <v>564</v>
+        <v>666</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>565</v>
+        <v>667</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>523</v>
+        <v>79</v>
       </c>
       <c r="D173" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E173" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>634</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>73</v>
+        <v>668</v>
       </c>
       <c r="H173" t="s">
-        <v>566</v>
+        <v>669</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>567</v>
+        <v>670</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>526</v>
+        <v>83</v>
       </c>
       <c r="D174" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E174" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>73</v>
+        <v>671</v>
       </c>
       <c r="H174" t="s">
-        <v>568</v>
+        <v>672</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>569</v>
+        <v>673</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>529</v>
+        <v>86</v>
       </c>
       <c r="D175" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E175" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>73</v>
+        <v>674</v>
       </c>
       <c r="H175" t="s">
-        <v>570</v>
+        <v>675</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>571</v>
+        <v>676</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>532</v>
+        <v>89</v>
       </c>
       <c r="D176" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E176" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>73</v>
+        <v>677</v>
       </c>
       <c r="H176" t="s">
-        <v>572</v>
+        <v>678</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>573</v>
+        <v>679</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>535</v>
+        <v>92</v>
       </c>
       <c r="D177" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E177" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>634</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>73</v>
+        <v>680</v>
       </c>
       <c r="H177" t="s">
-        <v>574</v>
+        <v>681</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>575</v>
+        <v>682</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>537</v>
+        <v>95</v>
       </c>
       <c r="D178" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E178" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>634</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H178" t="s">
-        <v>576</v>
+        <v>683</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>577</v>
+        <v>684</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>539</v>
+        <v>98</v>
       </c>
       <c r="D179" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E179" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>634</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>73</v>
+        <v>685</v>
       </c>
       <c r="H179" t="s">
-        <v>578</v>
+        <v>686</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>579</v>
+        <v>687</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>541</v>
+        <v>557</v>
       </c>
       <c r="D180" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E180" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>634</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>73</v>
+        <v>688</v>
       </c>
       <c r="H180" t="s">
-        <v>580</v>
+        <v>689</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>581</v>
+        <v>690</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>543</v>
+        <v>573</v>
       </c>
       <c r="D181" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E181" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>634</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>73</v>
+        <v>691</v>
       </c>
       <c r="H181" t="s">
-        <v>582</v>
+        <v>692</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>583</v>
+        <v>693</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>545</v>
+        <v>577</v>
       </c>
       <c r="D182" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E182" t="s">
-        <v>383</v>
+        <v>634</v>
       </c>
       <c r="F182" t="s">
-        <v>486</v>
+        <v>20</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>73</v>
+        <v>694</v>
       </c>
       <c r="H182" t="s">
-        <v>584</v>
+        <v>695</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>585</v>
+        <v>696</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>547</v>
+        <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E183" t="s">
-        <v>383</v>
+        <v>634</v>
       </c>
       <c r="F183" t="s">
-        <v>486</v>
+        <v>20</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>73</v>
+        <v>697</v>
       </c>
       <c r="H183" t="s">
-        <v>586</v>
+        <v>698</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>587</v>
+        <v>699</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>549</v>
+        <v>583</v>
       </c>
       <c r="D184" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E184" t="s">
-        <v>383</v>
+        <v>634</v>
       </c>
       <c r="F184" t="s">
-        <v>410</v>
+        <v>20</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H184" t="s">
-        <v>588</v>
+        <v>698</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>589</v>
+        <v>700</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>551</v>
+        <v>587</v>
       </c>
       <c r="D185" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E185" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>634</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>590</v>
+        <v>701</v>
       </c>
       <c r="H185" t="s">
-        <v>591</v>
+        <v>702</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>592</v>
+        <v>703</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>553</v>
+        <v>591</v>
       </c>
       <c r="D186" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E186" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>634</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>593</v>
+        <v>704</v>
       </c>
       <c r="H186" t="s">
-        <v>594</v>
+        <v>705</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>706</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
         <v>595</v>
       </c>
-      <c r="B187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D187" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E187" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>634</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>596</v>
+        <v>707</v>
       </c>
       <c r="H187" t="s">
-        <v>597</v>
+        <v>708</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>709</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>598</v>
       </c>
-      <c r="B188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E188" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>634</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>599</v>
+        <v>710</v>
       </c>
       <c r="H188" t="s">
-        <v>600</v>
+        <v>711</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>601</v>
+        <v>712</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>557</v>
+        <v>602</v>
       </c>
       <c r="D189" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E189" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>634</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>602</v>
+        <v>713</v>
       </c>
       <c r="H189" t="s">
-        <v>603</v>
+        <v>714</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>604</v>
+        <v>715</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>559</v>
+        <v>606</v>
       </c>
       <c r="D190" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E190" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>73</v>
+        <v>716</v>
       </c>
       <c r="H190" t="s">
-        <v>605</v>
+        <v>717</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>606</v>
+        <v>718</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>561</v>
+        <v>609</v>
       </c>
       <c r="D191" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E191" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>73</v>
+        <v>719</v>
       </c>
       <c r="H191" t="s">
-        <v>607</v>
+        <v>720</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>608</v>
+        <v>721</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>563</v>
+        <v>613</v>
       </c>
       <c r="D192" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E192" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>73</v>
+        <v>722</v>
       </c>
       <c r="H192" t="s">
-        <v>609</v>
+        <v>723</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>610</v>
+        <v>724</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>565</v>
+        <v>725</v>
       </c>
       <c r="D193" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E193" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>73</v>
+        <v>726</v>
       </c>
       <c r="H193" t="s">
-        <v>611</v>
+        <v>727</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>612</v>
+        <v>728</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>567</v>
+        <v>729</v>
       </c>
       <c r="D194" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E194" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>634</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>73</v>
+        <v>730</v>
       </c>
       <c r="H194" t="s">
-        <v>613</v>
+        <v>731</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>614</v>
+        <v>732</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>569</v>
+        <v>733</v>
       </c>
       <c r="D195" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E195" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>73</v>
+        <v>734</v>
       </c>
       <c r="H195" t="s">
-        <v>615</v>
+        <v>735</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>616</v>
+        <v>736</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>571</v>
+        <v>737</v>
       </c>
       <c r="D196" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E196" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>634</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>73</v>
+        <v>738</v>
       </c>
       <c r="H196" t="s">
-        <v>617</v>
+        <v>739</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>618</v>
+        <v>740</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>573</v>
+        <v>741</v>
       </c>
       <c r="D197" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E197" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>634</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>73</v>
+        <v>742</v>
       </c>
       <c r="H197" t="s">
-        <v>619</v>
+        <v>743</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>620</v>
+        <v>744</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>575</v>
+        <v>745</v>
       </c>
       <c r="D198" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="E198" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>634</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>73</v>
+        <v>746</v>
       </c>
       <c r="H198" t="s">
-        <v>621</v>
+        <v>747</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>622</v>
+        <v>748</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>577</v>
+        <v>43</v>
       </c>
       <c r="D199" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E199" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>750</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>73</v>
+        <v>751</v>
       </c>
       <c r="H199" t="s">
-        <v>623</v>
+        <v>752</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>624</v>
+        <v>753</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>579</v>
+        <v>47</v>
       </c>
       <c r="D200" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E200" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>750</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>73</v>
+        <v>754</v>
       </c>
       <c r="H200" t="s">
-        <v>625</v>
+        <v>755</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>626</v>
+        <v>756</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>581</v>
+        <v>51</v>
       </c>
       <c r="D201" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E201" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>750</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H201" t="s">
-        <v>627</v>
+        <v>752</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>628</v>
+        <v>757</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>583</v>
+        <v>55</v>
       </c>
       <c r="D202" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E202" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>750</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>73</v>
+        <v>758</v>
       </c>
       <c r="H202" t="s">
-        <v>630</v>
+        <v>752</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>631</v>
+        <v>759</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>585</v>
+        <v>59</v>
       </c>
       <c r="D203" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E203" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>750</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>73</v>
+        <v>760</v>
       </c>
       <c r="H203" t="s">
-        <v>632</v>
+        <v>752</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>633</v>
+        <v>761</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>587</v>
+        <v>63</v>
       </c>
       <c r="D204" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E204" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>73</v>
+        <v>762</v>
       </c>
       <c r="H204" t="s">
-        <v>634</v>
+        <v>752</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>635</v>
+        <v>763</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>589</v>
+        <v>67</v>
       </c>
       <c r="D205" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E205" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>636</v>
+        <v>764</v>
       </c>
       <c r="H205" t="s">
-        <v>637</v>
+        <v>752</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>638</v>
+        <v>765</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>592</v>
+        <v>519</v>
       </c>
       <c r="D206" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E206" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>750</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>73</v>
+        <v>766</v>
       </c>
       <c r="H206" t="s">
-        <v>639</v>
+        <v>752</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>640</v>
+        <v>767</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>595</v>
+        <v>39</v>
       </c>
       <c r="D207" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E207" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>750</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>73</v>
+        <v>768</v>
       </c>
       <c r="H207" t="s">
-        <v>641</v>
+        <v>752</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>642</v>
+        <v>769</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>598</v>
+        <v>526</v>
       </c>
       <c r="D208" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E208" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>750</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>73</v>
+        <v>770</v>
       </c>
       <c r="H208" t="s">
-        <v>643</v>
+        <v>752</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>644</v>
+        <v>771</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>601</v>
+        <v>71</v>
       </c>
       <c r="D209" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E209" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>750</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>73</v>
+        <v>772</v>
       </c>
       <c r="H209" t="s">
-        <v>645</v>
+        <v>752</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>646</v>
+        <v>773</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>604</v>
+        <v>75</v>
       </c>
       <c r="D210" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E210" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>750</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>73</v>
+        <v>774</v>
       </c>
       <c r="H210" t="s">
-        <v>647</v>
+        <v>752</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>648</v>
+        <v>775</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>606</v>
+        <v>79</v>
       </c>
       <c r="D211" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E211" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>750</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>73</v>
+        <v>776</v>
       </c>
       <c r="H211" t="s">
-        <v>649</v>
+        <v>752</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>650</v>
+        <v>777</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>608</v>
+        <v>83</v>
       </c>
       <c r="D212" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E212" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>750</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>73</v>
+        <v>778</v>
       </c>
       <c r="H212" t="s">
-        <v>651</v>
+        <v>752</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>652</v>
+        <v>779</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>610</v>
+        <v>86</v>
       </c>
       <c r="D213" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E213" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>750</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>73</v>
+        <v>780</v>
       </c>
       <c r="H213" t="s">
-        <v>653</v>
+        <v>752</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>654</v>
+        <v>781</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>612</v>
+        <v>89</v>
       </c>
       <c r="D214" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E214" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>73</v>
+        <v>782</v>
       </c>
       <c r="H214" t="s">
-        <v>655</v>
+        <v>752</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>656</v>
+        <v>783</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>614</v>
+        <v>92</v>
       </c>
       <c r="D215" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E215" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>73</v>
+        <v>784</v>
       </c>
       <c r="H215" t="s">
-        <v>657</v>
+        <v>752</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>658</v>
+        <v>785</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>616</v>
+        <v>95</v>
       </c>
       <c r="D216" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E216" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H216" t="s">
-        <v>659</v>
+        <v>752</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>660</v>
+        <v>786</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>618</v>
+        <v>98</v>
       </c>
       <c r="D217" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E217" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>750</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>73</v>
+        <v>787</v>
       </c>
       <c r="H217" t="s">
-        <v>661</v>
+        <v>752</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>662</v>
+        <v>788</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>620</v>
+        <v>557</v>
       </c>
       <c r="D218" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E218" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>750</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>73</v>
+        <v>789</v>
       </c>
       <c r="H218" t="s">
-        <v>663</v>
+        <v>752</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>664</v>
+        <v>790</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>622</v>
+        <v>561</v>
       </c>
       <c r="D219" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E219" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>750</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H219" t="s">
-        <v>665</v>
+        <v>752</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>666</v>
+        <v>791</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>624</v>
+        <v>565</v>
       </c>
       <c r="D220" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E220" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>750</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>73</v>
+        <v>792</v>
       </c>
       <c r="H220" t="s">
-        <v>667</v>
+        <v>752</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>668</v>
+        <v>793</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>626</v>
+        <v>569</v>
       </c>
       <c r="D221" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E221" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>750</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>73</v>
+        <v>794</v>
       </c>
       <c r="H221" t="s">
-        <v>669</v>
+        <v>752</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>670</v>
+        <v>795</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>628</v>
+        <v>573</v>
       </c>
       <c r="D222" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E222" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>750</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H222" t="s">
-        <v>671</v>
+        <v>752</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>672</v>
+        <v>796</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>631</v>
+        <v>577</v>
       </c>
       <c r="D223" t="s">
-        <v>382</v>
+        <v>749</v>
       </c>
       <c r="E223" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>750</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>73</v>
+        <v>797</v>
       </c>
       <c r="H223" t="s">
-        <v>673</v>
+        <v>752</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>674</v>
+        <v>561</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>633</v>
+        <v>43</v>
       </c>
       <c r="D224" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E224" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F224" t="s">
-        <v>402</v>
+        <v>20</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>73</v>
+        <v>800</v>
       </c>
       <c r="H224" t="s">
-        <v>675</v>
+        <v>801</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>676</v>
+        <v>565</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>635</v>
+        <v>47</v>
       </c>
       <c r="D225" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E225" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F225" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>73</v>
+        <v>802</v>
       </c>
       <c r="H225" t="s">
-        <v>677</v>
+        <v>803</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>678</v>
+        <v>569</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>638</v>
+        <v>51</v>
       </c>
       <c r="D226" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E226" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F226" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>73</v>
+        <v>804</v>
       </c>
       <c r="H226" t="s">
-        <v>679</v>
+        <v>805</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>680</v>
+        <v>573</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>640</v>
+        <v>55</v>
       </c>
       <c r="D227" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E227" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F227" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>73</v>
+        <v>806</v>
       </c>
       <c r="H227" t="s">
-        <v>681</v>
+        <v>807</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>682</v>
+        <v>577</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>642</v>
+        <v>59</v>
       </c>
       <c r="D228" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E228" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F228" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>73</v>
+        <v>808</v>
       </c>
       <c r="H228" t="s">
-        <v>683</v>
+        <v>809</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>684</v>
+        <v>10</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>644</v>
+        <v>63</v>
       </c>
       <c r="D229" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E229" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>685</v>
+        <v>810</v>
       </c>
       <c r="H229" t="s">
-        <v>686</v>
+        <v>811</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>687</v>
+        <v>583</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>646</v>
+        <v>67</v>
       </c>
       <c r="D230" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E230" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F230" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>688</v>
+        <v>813</v>
       </c>
       <c r="H230" t="s">
-        <v>689</v>
+        <v>814</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>690</v>
+        <v>587</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>648</v>
+        <v>519</v>
       </c>
       <c r="D231" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E231" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F231" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>691</v>
+        <v>73</v>
       </c>
       <c r="H231" t="s">
-        <v>692</v>
+        <v>815</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>693</v>
+        <v>591</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>650</v>
+        <v>39</v>
       </c>
       <c r="D232" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E232" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F232" t="s">
-        <v>486</v>
+        <v>816</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H232" t="s">
-        <v>694</v>
+        <v>817</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>695</v>
+        <v>595</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>652</v>
+        <v>526</v>
       </c>
       <c r="D233" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E233" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F233" t="s">
-        <v>486</v>
+        <v>816</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H233" t="s">
-        <v>696</v>
+        <v>818</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>697</v>
+        <v>598</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>654</v>
+        <v>71</v>
       </c>
       <c r="D234" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E234" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F234" t="s">
-        <v>396</v>
+        <v>816</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H234" t="s">
-        <v>698</v>
+        <v>819</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>699</v>
+        <v>602</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>656</v>
+        <v>75</v>
       </c>
       <c r="D235" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E235" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F235" t="s">
-        <v>396</v>
+        <v>488</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H235" t="s">
-        <v>700</v>
+        <v>820</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>701</v>
+        <v>606</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>658</v>
+        <v>79</v>
       </c>
       <c r="D236" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E236" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F236" t="s">
-        <v>396</v>
+        <v>488</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H236" t="s">
-        <v>702</v>
+        <v>820</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>703</v>
+        <v>609</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>660</v>
+        <v>83</v>
       </c>
       <c r="D237" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E237" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F237" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H237" t="s">
-        <v>704</v>
+        <v>821</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>705</v>
+        <v>613</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>662</v>
+        <v>86</v>
       </c>
       <c r="D238" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E238" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F238" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H238" t="s">
-        <v>706</v>
+        <v>822</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>707</v>
+        <v>617</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>664</v>
+        <v>89</v>
       </c>
       <c r="D239" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E239" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F239" t="s">
-        <v>396</v>
+        <v>823</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H239" t="s">
-        <v>708</v>
+        <v>824</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>709</v>
+        <v>621</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>666</v>
+        <v>92</v>
       </c>
       <c r="D240" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E240" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F240" t="s">
-        <v>437</v>
+        <v>825</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H240" t="s">
-        <v>710</v>
+        <v>826</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>711</v>
+        <v>625</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>668</v>
+        <v>95</v>
       </c>
       <c r="D241" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E241" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F241" t="s">
-        <v>437</v>
+        <v>20</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>73</v>
+        <v>827</v>
       </c>
       <c r="H241" t="s">
-        <v>712</v>
+        <v>828</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>713</v>
+        <v>629</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>670</v>
+        <v>98</v>
       </c>
       <c r="D242" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E242" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F242" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H242" t="s">
-        <v>714</v>
+        <v>829</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>715</v>
+        <v>830</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>672</v>
+        <v>557</v>
       </c>
       <c r="D243" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E243" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F243" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H243" t="s">
-        <v>716</v>
+        <v>831</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>676</v>
+        <v>561</v>
       </c>
       <c r="D244" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E244" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F244" t="s">
-        <v>456</v>
+        <v>20</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H244" t="s">
-        <v>718</v>
+        <v>832</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>678</v>
+        <v>565</v>
       </c>
       <c r="D245" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E245" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F245" t="s">
-        <v>511</v>
+        <v>20</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>73</v>
+        <v>833</v>
       </c>
       <c r="H245" t="s">
-        <v>720</v>
+        <v>834</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>680</v>
+        <v>569</v>
       </c>
       <c r="D246" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E246" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F246" t="s">
-        <v>418</v>
+        <v>835</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H246" t="s">
-        <v>722</v>
+        <v>836</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>723</v>
+        <v>737</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>682</v>
+        <v>573</v>
       </c>
       <c r="D247" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E247" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F247" t="s">
-        <v>20</v>
+        <v>835</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H247" t="s">
-        <v>724</v>
+        <v>837</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>725</v>
+        <v>741</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>684</v>
+        <v>577</v>
       </c>
       <c r="D248" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E248" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F248" t="s">
-        <v>20</v>
+        <v>835</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H248" t="s">
-        <v>726</v>
+        <v>838</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>727</v>
+        <v>745</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>687</v>
+        <v>10</v>
       </c>
       <c r="D249" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E249" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F249" t="s">
-        <v>437</v>
+        <v>835</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H249" t="s">
-        <v>728</v>
+        <v>839</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>729</v>
+        <v>840</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>690</v>
+        <v>583</v>
       </c>
       <c r="D250" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E250" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F250" t="s">
-        <v>396</v>
+        <v>812</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H250" t="s">
-        <v>730</v>
+        <v>841</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>731</v>
+        <v>842</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>693</v>
+        <v>587</v>
       </c>
       <c r="D251" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E251" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F251" t="s">
-        <v>396</v>
+        <v>812</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H251" t="s">
-        <v>732</v>
+        <v>843</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>733</v>
+        <v>844</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>695</v>
+        <v>591</v>
       </c>
       <c r="D252" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E252" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F252" t="s">
-        <v>396</v>
+        <v>812</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H252" t="s">
-        <v>734</v>
+        <v>845</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>735</v>
+        <v>846</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>697</v>
+        <v>595</v>
       </c>
       <c r="D253" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E253" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F253" t="s">
-        <v>418</v>
+        <v>812</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H253" t="s">
-        <v>736</v>
+        <v>847</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>737</v>
+        <v>848</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>699</v>
+        <v>598</v>
       </c>
       <c r="D254" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E254" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F254" t="s">
-        <v>20</v>
+        <v>816</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H254" t="s">
-        <v>738</v>
+        <v>849</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>739</v>
+        <v>850</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>701</v>
+        <v>602</v>
       </c>
       <c r="D255" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E255" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F255" t="s">
-        <v>20</v>
+        <v>851</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H255" t="s">
-        <v>740</v>
+        <v>852</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>741</v>
+        <v>853</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>703</v>
+        <v>606</v>
       </c>
       <c r="D256" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E256" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F256" t="s">
-        <v>20</v>
+        <v>825</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H256" t="s">
-        <v>742</v>
+        <v>854</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>743</v>
+        <v>855</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>705</v>
+        <v>609</v>
       </c>
       <c r="D257" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E257" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F257" t="s">
-        <v>20</v>
+        <v>488</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H257" t="s">
-        <v>744</v>
+        <v>856</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>745</v>
+        <v>857</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>707</v>
+        <v>613</v>
       </c>
       <c r="D258" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E258" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F258" t="s">
-        <v>418</v>
+        <v>835</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H258" t="s">
-        <v>746</v>
+        <v>858</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>747</v>
+        <v>859</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>709</v>
+        <v>617</v>
       </c>
       <c r="D259" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E259" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F259" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>73</v>
+        <v>860</v>
       </c>
       <c r="H259" t="s">
-        <v>748</v>
+        <v>861</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>749</v>
+        <v>862</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>713</v>
+        <v>621</v>
       </c>
       <c r="D260" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E260" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F260" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>73</v>
+        <v>863</v>
       </c>
       <c r="H260" t="s">
-        <v>750</v>
+        <v>864</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>751</v>
+        <v>865</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>715</v>
+        <v>625</v>
       </c>
       <c r="D261" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E261" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F261" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>73</v>
+        <v>866</v>
       </c>
       <c r="H261" t="s">
-        <v>752</v>
+        <v>867</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>753</v>
+        <v>868</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>717</v>
+        <v>629</v>
       </c>
       <c r="D262" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E262" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F262" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>73</v>
+        <v>869</v>
       </c>
       <c r="H262" t="s">
-        <v>754</v>
+        <v>870</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>755</v>
+        <v>871</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>719</v>
+        <v>830</v>
       </c>
       <c r="D263" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E263" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F263" t="s">
-        <v>396</v>
+        <v>20</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>73</v>
+        <v>872</v>
       </c>
       <c r="H263" t="s">
-        <v>756</v>
+        <v>873</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>757</v>
+        <v>874</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="D264" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E264" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F264" t="s">
-        <v>418</v>
+        <v>20</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>73</v>
+        <v>875</v>
       </c>
       <c r="H264" t="s">
-        <v>758</v>
+        <v>876</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>759</v>
+        <v>877</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="D265" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E265" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F265" t="s">
-        <v>418</v>
+        <v>20</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="H265" t="s">
-        <v>760</v>
+        <v>879</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>761</v>
+        <v>880</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="D266" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E266" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F266" t="s">
-        <v>418</v>
+        <v>881</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>73</v>
+        <v>882</v>
       </c>
       <c r="H266" t="s">
-        <v>762</v>
+        <v>883</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>763</v>
+        <v>884</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="D267" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E267" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F267" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>73</v>
+        <v>885</v>
       </c>
       <c r="H267" t="s">
-        <v>764</v>
+        <v>886</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>765</v>
+        <v>887</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="D268" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E268" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F268" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H268" t="s">
-        <v>766</v>
+        <v>888</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>767</v>
+        <v>889</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="D269" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E269" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F269" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H269" t="s">
-        <v>768</v>
+        <v>890</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>769</v>
+        <v>891</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>733</v>
+        <v>840</v>
       </c>
       <c r="D270" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E270" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F270" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H270" t="s">
-        <v>770</v>
+        <v>892</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>771</v>
+        <v>893</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>735</v>
+        <v>842</v>
       </c>
       <c r="D271" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E271" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F271" t="s">
-        <v>437</v>
+        <v>812</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H271" t="s">
-        <v>772</v>
+        <v>894</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>773</v>
+        <v>895</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>737</v>
+        <v>844</v>
       </c>
       <c r="D272" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E272" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F272" t="s">
-        <v>402</v>
+        <v>812</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H272" t="s">
-        <v>774</v>
+        <v>896</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>775</v>
+        <v>897</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>739</v>
+        <v>846</v>
       </c>
       <c r="D273" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E273" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F273" t="s">
-        <v>402</v>
+        <v>812</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H273" t="s">
-        <v>776</v>
+        <v>898</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>777</v>
+        <v>899</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>741</v>
+        <v>848</v>
       </c>
       <c r="D274" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E274" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F274" t="s">
-        <v>402</v>
+        <v>823</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H274" t="s">
-        <v>778</v>
+        <v>900</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>779</v>
+        <v>901</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>743</v>
+        <v>850</v>
       </c>
       <c r="D275" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E275" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F275" t="s">
-        <v>402</v>
+        <v>816</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H275" t="s">
-        <v>780</v>
+        <v>902</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>781</v>
+        <v>903</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>745</v>
+        <v>853</v>
       </c>
       <c r="D276" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E276" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>799</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H276" t="s">
-        <v>782</v>
+        <v>904</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>783</v>
+        <v>905</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>747</v>
+        <v>855</v>
       </c>
       <c r="D277" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E277" t="s">
-        <v>383</v>
+        <v>799</v>
+      </c>
+      <c r="F277" t="s">
+        <v>906</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H277" t="s">
-        <v>784</v>
+        <v>907</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>785</v>
+        <v>908</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>749</v>
+        <v>857</v>
       </c>
       <c r="D278" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E278" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F278" t="s">
-        <v>786</v>
+        <v>851</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H278" t="s">
-        <v>787</v>
+        <v>909</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>788</v>
+        <v>910</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>751</v>
+        <v>859</v>
       </c>
       <c r="D279" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E279" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F279" t="s">
-        <v>786</v>
+        <v>825</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H279" t="s">
-        <v>789</v>
+        <v>911</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>790</v>
+        <v>912</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>753</v>
+        <v>862</v>
       </c>
       <c r="D280" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E280" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F280" t="s">
-        <v>786</v>
+        <v>825</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H280" t="s">
-        <v>791</v>
+        <v>913</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>792</v>
+        <v>914</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>755</v>
+        <v>865</v>
       </c>
       <c r="D281" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E281" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F281" t="s">
-        <v>786</v>
+        <v>825</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H281" t="s">
-        <v>793</v>
+        <v>915</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>794</v>
+        <v>916</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>759</v>
+        <v>868</v>
       </c>
       <c r="D282" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E282" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F282" t="s">
-        <v>20</v>
+        <v>488</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H282" t="s">
-        <v>795</v>
+        <v>917</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>796</v>
+        <v>918</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>761</v>
+        <v>871</v>
       </c>
       <c r="D283" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E283" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F283" t="s">
         <v>20</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>73</v>
+        <v>919</v>
       </c>
       <c r="H283" t="s">
-        <v>797</v>
+        <v>920</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>798</v>
+        <v>921</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>763</v>
+        <v>874</v>
       </c>
       <c r="D284" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E284" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F284" t="s">
         <v>20</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>73</v>
+        <v>922</v>
       </c>
       <c r="H284" t="s">
-        <v>799</v>
+        <v>923</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>800</v>
+        <v>924</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>765</v>
+        <v>877</v>
       </c>
       <c r="D285" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E285" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F285" t="s">
         <v>20</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>73</v>
+        <v>925</v>
       </c>
       <c r="H285" t="s">
-        <v>801</v>
+        <v>926</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>802</v>
+        <v>927</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>767</v>
+        <v>880</v>
       </c>
       <c r="D286" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E286" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F286" t="s">
         <v>20</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>73</v>
+        <v>928</v>
       </c>
       <c r="H286" t="s">
-        <v>803</v>
+        <v>929</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>804</v>
+        <v>930</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>769</v>
+        <v>884</v>
       </c>
       <c r="D287" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E287" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F287" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H287" t="s">
-        <v>805</v>
+        <v>931</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>806</v>
+        <v>932</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>771</v>
+        <v>887</v>
       </c>
       <c r="D288" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E288" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F288" t="s">
-        <v>418</v>
+        <v>812</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H288" t="s">
-        <v>807</v>
+        <v>933</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>808</v>
+        <v>934</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>773</v>
+        <v>889</v>
       </c>
       <c r="D289" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E289" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F289" t="s">
-        <v>437</v>
+        <v>812</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H289" t="s">
-        <v>809</v>
+        <v>935</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>810</v>
+        <v>936</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>775</v>
+        <v>893</v>
       </c>
       <c r="D290" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E290" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F290" t="s">
-        <v>437</v>
+        <v>835</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H290" t="s">
-        <v>811</v>
+        <v>937</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>812</v>
+        <v>938</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>777</v>
+        <v>895</v>
       </c>
       <c r="D291" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E291" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F291" t="s">
-        <v>786</v>
+        <v>816</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H291" t="s">
-        <v>813</v>
+        <v>939</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>814</v>
+        <v>940</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>779</v>
+        <v>897</v>
       </c>
       <c r="D292" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E292" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F292" t="s">
-        <v>786</v>
+        <v>816</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H292" t="s">
-        <v>815</v>
+        <v>941</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>816</v>
+        <v>942</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>781</v>
+        <v>899</v>
       </c>
       <c r="D293" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E293" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F293" t="s">
-        <v>421</v>
+        <v>825</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H293" t="s">
-        <v>817</v>
+        <v>943</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>818</v>
+        <v>944</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>783</v>
+        <v>901</v>
       </c>
       <c r="D294" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E294" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F294" t="s">
-        <v>421</v>
+        <v>851</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H294" t="s">
-        <v>819</v>
+        <v>945</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>820</v>
+        <v>946</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>785</v>
+        <v>903</v>
       </c>
       <c r="D295" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E295" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F295" t="s">
-        <v>396</v>
+        <v>835</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H295" t="s">
-        <v>821</v>
+        <v>947</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>822</v>
+        <v>948</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>788</v>
+        <v>905</v>
       </c>
       <c r="D296" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E296" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F296" t="s">
-        <v>396</v>
+        <v>835</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H296" t="s">
-        <v>823</v>
+        <v>949</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>824</v>
+        <v>950</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>790</v>
+        <v>908</v>
       </c>
       <c r="D297" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E297" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F297" t="s">
-        <v>396</v>
+        <v>835</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H297" t="s">
-        <v>825</v>
+        <v>951</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>826</v>
+        <v>952</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>792</v>
+        <v>910</v>
       </c>
       <c r="D298" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E298" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F298" t="s">
-        <v>396</v>
+        <v>825</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H298" t="s">
-        <v>827</v>
+        <v>953</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>828</v>
+        <v>954</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>794</v>
+        <v>912</v>
       </c>
       <c r="D299" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E299" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F299" t="s">
-        <v>396</v>
+        <v>825</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H299" t="s">
-        <v>829</v>
+        <v>955</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>830</v>
+        <v>956</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>796</v>
+        <v>914</v>
       </c>
       <c r="D300" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E300" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F300" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H300" t="s">
-        <v>831</v>
+        <v>957</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>832</v>
+        <v>958</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>798</v>
+        <v>916</v>
       </c>
       <c r="D301" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E301" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F301" t="s">
-        <v>456</v>
+        <v>812</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H301" t="s">
-        <v>833</v>
+        <v>959</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>834</v>
+        <v>960</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>800</v>
+        <v>918</v>
       </c>
       <c r="D302" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E302" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F302" t="s">
-        <v>456</v>
+        <v>823</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H302" t="s">
-        <v>835</v>
+        <v>961</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>836</v>
+        <v>962</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>802</v>
+        <v>921</v>
       </c>
       <c r="D303" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E303" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F303" t="s">
-        <v>456</v>
+        <v>816</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H303" t="s">
-        <v>837</v>
+        <v>963</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>838</v>
+        <v>964</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>101</v>
+        <v>924</v>
       </c>
       <c r="D304" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E304" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F304" t="s">
-        <v>456</v>
+        <v>816</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H304" t="s">
-        <v>839</v>
+        <v>965</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>840</v>
+        <v>966</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>109</v>
+        <v>927</v>
       </c>
       <c r="D305" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E305" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F305" t="s">
-        <v>786</v>
+        <v>816</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H305" t="s">
-        <v>841</v>
+        <v>967</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>842</v>
+        <v>968</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>113</v>
+        <v>930</v>
       </c>
       <c r="D306" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E306" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F306" t="s">
-        <v>511</v>
+        <v>881</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H306" t="s">
-        <v>843</v>
+        <v>969</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>844</v>
+        <v>970</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>346</v>
+        <v>932</v>
       </c>
       <c r="D307" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E307" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F307" t="s">
-        <v>410</v>
+        <v>881</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H307" t="s">
-        <v>845</v>
+        <v>971</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>846</v>
+        <v>972</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>352</v>
+        <v>934</v>
       </c>
       <c r="D308" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E308" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F308" t="s">
-        <v>410</v>
+        <v>881</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H308" t="s">
-        <v>847</v>
+        <v>973</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>848</v>
+        <v>974</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>356</v>
+        <v>936</v>
       </c>
       <c r="D309" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E309" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F309" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H309" t="s">
-        <v>849</v>
+        <v>975</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>850</v>
+        <v>976</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>374</v>
+        <v>938</v>
       </c>
       <c r="D310" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E310" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F310" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H310" t="s">
-        <v>851</v>
+        <v>977</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>852</v>
+        <v>978</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>378</v>
+        <v>940</v>
       </c>
       <c r="D311" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E311" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F311" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H311" t="s">
-        <v>853</v>
+        <v>979</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>854</v>
+        <v>980</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>381</v>
+        <v>942</v>
       </c>
       <c r="D312" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E312" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F312" t="s">
-        <v>396</v>
+        <v>881</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H312" t="s">
-        <v>855</v>
+        <v>981</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>856</v>
+        <v>982</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>121</v>
+        <v>944</v>
       </c>
       <c r="D313" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E313" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F313" t="s">
-        <v>396</v>
+        <v>488</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H313" t="s">
-        <v>857</v>
+        <v>983</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>858</v>
+        <v>984</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>125</v>
+        <v>946</v>
       </c>
       <c r="D314" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E314" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F314" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>73</v>
+        <v>985</v>
       </c>
       <c r="H314" t="s">
-        <v>859</v>
+        <v>986</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>860</v>
+        <v>987</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>129</v>
+        <v>948</v>
       </c>
       <c r="D315" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E315" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F315" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>73</v>
+        <v>988</v>
       </c>
       <c r="H315" t="s">
-        <v>861</v>
+        <v>989</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>862</v>
+        <v>990</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>133</v>
+        <v>690</v>
       </c>
       <c r="D316" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E316" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F316" t="s">
-        <v>421</v>
+        <v>20</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>73</v>
+        <v>991</v>
       </c>
       <c r="H316" t="s">
-        <v>863</v>
+        <v>992</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>864</v>
+        <v>993</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>117</v>
+        <v>950</v>
       </c>
       <c r="D317" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E317" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F317" t="s">
-        <v>437</v>
+        <v>20</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>73</v>
+        <v>994</v>
       </c>
       <c r="H317" t="s">
-        <v>865</v>
+        <v>995</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>866</v>
+        <v>996</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>8</v>
+        <v>952</v>
       </c>
       <c r="D318" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E318" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F318" t="s">
-        <v>418</v>
+        <v>20</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>73</v>
+        <v>997</v>
       </c>
       <c r="H318" t="s">
-        <v>867</v>
+        <v>998</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>868</v>
+        <v>999</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>137</v>
+        <v>954</v>
       </c>
       <c r="D319" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E319" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F319" t="s">
-        <v>418</v>
+        <v>812</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H319" t="s">
-        <v>869</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>870</v>
+        <v>1001</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>141</v>
+        <v>956</v>
       </c>
       <c r="D320" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E320" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F320" t="s">
-        <v>402</v>
+        <v>812</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H320" t="s">
-        <v>871</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>872</v>
+        <v>1003</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>153</v>
+        <v>958</v>
       </c>
       <c r="D321" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E321" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F321" t="s">
-        <v>402</v>
+        <v>812</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H321" t="s">
-        <v>873</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>874</v>
+        <v>1005</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>185</v>
+        <v>960</v>
       </c>
       <c r="D322" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E322" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F322" t="s">
-        <v>402</v>
+        <v>812</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H322" t="s">
-        <v>875</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>876</v>
+        <v>1007</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>189</v>
+        <v>962</v>
       </c>
       <c r="D323" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E323" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F323" t="s">
-        <v>402</v>
+        <v>812</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H323" t="s">
-        <v>877</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>878</v>
+        <v>1009</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>193</v>
+        <v>964</v>
       </c>
       <c r="D324" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E324" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F324" t="s">
-        <v>402</v>
+        <v>816</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H324" t="s">
-        <v>879</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>880</v>
+        <v>1011</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>197</v>
+        <v>966</v>
       </c>
       <c r="D325" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E325" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F325" t="s">
-        <v>421</v>
+        <v>816</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H325" t="s">
-        <v>881</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>882</v>
+        <v>1013</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>201</v>
+        <v>968</v>
       </c>
       <c r="D326" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E326" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F326" t="s">
-        <v>421</v>
+        <v>835</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H326" t="s">
-        <v>883</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>884</v>
+        <v>1015</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>205</v>
+        <v>970</v>
       </c>
       <c r="D327" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E327" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F327" t="s">
-        <v>396</v>
+        <v>835</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H327" t="s">
-        <v>885</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>886</v>
+        <v>1017</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>209</v>
+        <v>972</v>
       </c>
       <c r="D328" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E328" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F328" t="s">
-        <v>396</v>
+        <v>825</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H328" t="s">
-        <v>887</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>888</v>
+        <v>1019</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>213</v>
+        <v>974</v>
       </c>
       <c r="D329" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E329" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F329" t="s">
-        <v>396</v>
+        <v>823</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H329" t="s">
-        <v>889</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>890</v>
+        <v>1021</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>217</v>
+        <v>976</v>
       </c>
       <c r="D330" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E330" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F330" t="s">
-        <v>486</v>
+        <v>823</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H330" t="s">
-        <v>891</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>892</v>
+        <v>1023</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>221</v>
+        <v>978</v>
       </c>
       <c r="D331" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E331" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F331" t="s">
-        <v>20</v>
+        <v>1024</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H331" t="s">
-        <v>893</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>894</v>
+        <v>1026</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>225</v>
+        <v>980</v>
       </c>
       <c r="D332" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E332" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F332" t="s">
-        <v>20</v>
+        <v>1024</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H332" t="s">
-        <v>895</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>896</v>
+        <v>1028</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>229</v>
+        <v>982</v>
       </c>
       <c r="D333" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E333" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F333" t="s">
         <v>20</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H333" t="s">
-        <v>897</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>898</v>
+        <v>1030</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>233</v>
+        <v>984</v>
       </c>
       <c r="D334" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E334" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F334" t="s">
         <v>20</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>73</v>
+        <v>1031</v>
       </c>
       <c r="H334" t="s">
-        <v>899</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>900</v>
+        <v>1033</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>237</v>
+        <v>987</v>
       </c>
       <c r="D335" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E335" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F335" t="s">
-        <v>20</v>
+        <v>816</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H335" t="s">
-        <v>901</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>902</v>
+        <v>1035</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>23</v>
+        <v>990</v>
       </c>
       <c r="D336" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E336" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F336" t="s">
-        <v>456</v>
+        <v>825</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H336" t="s">
-        <v>903</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>904</v>
+        <v>1037</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>27</v>
+        <v>993</v>
       </c>
       <c r="D337" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E337" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F337" t="s">
-        <v>456</v>
+        <v>812</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H337" t="s">
-        <v>905</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>906</v>
+        <v>1039</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>145</v>
+        <v>996</v>
       </c>
       <c r="D338" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E338" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F338" t="s">
-        <v>786</v>
+        <v>812</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H338" t="s">
-        <v>907</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>908</v>
+        <v>1041</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>149</v>
+        <v>999</v>
       </c>
       <c r="D339" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E339" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F339" t="s">
-        <v>786</v>
+        <v>812</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H339" t="s">
-        <v>909</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>910</v>
+        <v>1043</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>157</v>
+        <v>1001</v>
       </c>
       <c r="D340" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E340" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F340" t="s">
-        <v>786</v>
+        <v>812</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H340" t="s">
-        <v>911</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>912</v>
+        <v>1045</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>161</v>
+        <v>1003</v>
       </c>
       <c r="D341" t="s">
-        <v>382</v>
+        <v>798</v>
       </c>
       <c r="E341" t="s">
-        <v>383</v>
+        <v>799</v>
       </c>
       <c r="F341" t="s">
-        <v>786</v>
+        <v>812</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H341" t="s">
-        <v>913</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>914</v>
+        <v>1047</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D342" t="s">
+        <v>798</v>
+      </c>
+      <c r="E342" t="s">
+        <v>799</v>
+      </c>
+      <c r="F342" t="s">
+        <v>851</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D343" t="s">
+        <v>798</v>
+      </c>
+      <c r="E343" t="s">
+        <v>799</v>
+      </c>
+      <c r="F343" t="s">
+        <v>20</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D344" t="s">
+        <v>798</v>
+      </c>
+      <c r="E344" t="s">
+        <v>799</v>
+      </c>
+      <c r="F344" t="s">
+        <v>20</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D345" t="s">
+        <v>798</v>
+      </c>
+      <c r="E345" t="s">
+        <v>799</v>
+      </c>
+      <c r="F345" t="s">
+        <v>20</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D346" t="s">
+        <v>798</v>
+      </c>
+      <c r="E346" t="s">
+        <v>799</v>
+      </c>
+      <c r="F346" t="s">
+        <v>20</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D347" t="s">
+        <v>798</v>
+      </c>
+      <c r="E347" t="s">
+        <v>799</v>
+      </c>
+      <c r="F347" t="s">
+        <v>835</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D348" t="s">
+        <v>798</v>
+      </c>
+      <c r="E348" t="s">
+        <v>799</v>
+      </c>
+      <c r="F348" t="s">
+        <v>823</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D349" t="s">
+        <v>798</v>
+      </c>
+      <c r="E349" t="s">
+        <v>799</v>
+      </c>
+      <c r="F349" t="s">
+        <v>823</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D350" t="s">
+        <v>798</v>
+      </c>
+      <c r="E350" t="s">
+        <v>799</v>
+      </c>
+      <c r="F350" t="s">
+        <v>823</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D351" t="s">
+        <v>798</v>
+      </c>
+      <c r="E351" t="s">
+        <v>799</v>
+      </c>
+      <c r="F351" t="s">
+        <v>816</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D352" t="s">
+        <v>798</v>
+      </c>
+      <c r="E352" t="s">
+        <v>799</v>
+      </c>
+      <c r="F352" t="s">
+        <v>816</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D353" t="s">
+        <v>798</v>
+      </c>
+      <c r="E353" t="s">
+        <v>799</v>
+      </c>
+      <c r="F353" t="s">
+        <v>816</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D354" t="s">
+        <v>798</v>
+      </c>
+      <c r="E354" t="s">
+        <v>799</v>
+      </c>
+      <c r="F354" t="s">
+        <v>825</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D355" t="s">
+        <v>798</v>
+      </c>
+      <c r="E355" t="s">
+        <v>799</v>
+      </c>
+      <c r="F355" t="s">
+        <v>812</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D356" t="s">
+        <v>798</v>
+      </c>
+      <c r="E356" t="s">
+        <v>799</v>
+      </c>
+      <c r="F356" t="s">
+        <v>812</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D357" t="s">
+        <v>798</v>
+      </c>
+      <c r="E357" t="s">
+        <v>799</v>
+      </c>
+      <c r="F357" t="s">
+        <v>812</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D358" t="s">
+        <v>798</v>
+      </c>
+      <c r="E358" t="s">
+        <v>799</v>
+      </c>
+      <c r="F358" t="s">
+        <v>20</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D359" t="s">
+        <v>798</v>
+      </c>
+      <c r="E359" t="s">
+        <v>799</v>
+      </c>
+      <c r="F359" t="s">
+        <v>20</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D360" t="s">
+        <v>798</v>
+      </c>
+      <c r="E360" t="s">
+        <v>799</v>
+      </c>
+      <c r="F360" t="s">
+        <v>20</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D361" t="s">
+        <v>798</v>
+      </c>
+      <c r="E361" t="s">
+        <v>799</v>
+      </c>
+      <c r="F361" t="s">
+        <v>881</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D362" t="s">
+        <v>798</v>
+      </c>
+      <c r="E362" t="s">
+        <v>799</v>
+      </c>
+      <c r="F362" t="s">
+        <v>881</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D363" t="s">
+        <v>798</v>
+      </c>
+      <c r="E363" t="s">
+        <v>799</v>
+      </c>
+      <c r="F363" t="s">
+        <v>812</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D364" t="s">
+        <v>798</v>
+      </c>
+      <c r="E364" t="s">
+        <v>799</v>
+      </c>
+      <c r="F364" t="s">
+        <v>812</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D365" t="s">
+        <v>798</v>
+      </c>
+      <c r="E365" t="s">
+        <v>799</v>
+      </c>
+      <c r="F365" t="s">
+        <v>812</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D366" t="s">
+        <v>798</v>
+      </c>
+      <c r="E366" t="s">
+        <v>799</v>
+      </c>
+      <c r="F366" t="s">
+        <v>812</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D367" t="s">
+        <v>798</v>
+      </c>
+      <c r="E367" t="s">
+        <v>799</v>
+      </c>
+      <c r="F367" t="s">
+        <v>812</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D368" t="s">
+        <v>798</v>
+      </c>
+      <c r="E368" t="s">
+        <v>799</v>
+      </c>
+      <c r="F368" t="s">
+        <v>812</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D369" t="s">
+        <v>798</v>
+      </c>
+      <c r="E369" t="s">
+        <v>799</v>
+      </c>
+      <c r="F369" t="s">
+        <v>835</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D370" t="s">
+        <v>798</v>
+      </c>
+      <c r="E370" t="s">
+        <v>799</v>
+      </c>
+      <c r="F370" t="s">
+        <v>835</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D371" t="s">
+        <v>798</v>
+      </c>
+      <c r="E371" t="s">
+        <v>799</v>
+      </c>
+      <c r="F371" t="s">
+        <v>825</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D372" t="s">
+        <v>798</v>
+      </c>
+      <c r="E372" t="s">
+        <v>799</v>
+      </c>
+      <c r="F372" t="s">
+        <v>825</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D373" t="s">
+        <v>798</v>
+      </c>
+      <c r="E373" t="s">
+        <v>799</v>
+      </c>
+      <c r="F373" t="s">
+        <v>851</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D374" t="s">
+        <v>798</v>
+      </c>
+      <c r="E374" t="s">
+        <v>799</v>
+      </c>
+      <c r="F374" t="s">
+        <v>906</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D375" t="s">
+        <v>798</v>
+      </c>
+      <c r="E375" t="s">
+        <v>799</v>
+      </c>
+      <c r="F375" t="s">
+        <v>823</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D376" t="s">
+        <v>798</v>
+      </c>
+      <c r="E376" t="s">
+        <v>799</v>
+      </c>
+      <c r="F376" t="s">
+        <v>20</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D377" t="s">
+        <v>798</v>
+      </c>
+      <c r="E377" t="s">
+        <v>799</v>
+      </c>
+      <c r="F377" t="s">
+        <v>20</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D378" t="s">
+        <v>798</v>
+      </c>
+      <c r="E378" t="s">
+        <v>799</v>
+      </c>
+      <c r="F378" t="s">
+        <v>835</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D379" t="s">
+        <v>798</v>
+      </c>
+      <c r="E379" t="s">
+        <v>799</v>
+      </c>
+      <c r="F379" t="s">
+        <v>812</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D380" t="s">
+        <v>798</v>
+      </c>
+      <c r="E380" t="s">
+        <v>799</v>
+      </c>
+      <c r="F380" t="s">
+        <v>812</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D381" t="s">
+        <v>798</v>
+      </c>
+      <c r="E381" t="s">
+        <v>799</v>
+      </c>
+      <c r="F381" t="s">
+        <v>812</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D382" t="s">
+        <v>798</v>
+      </c>
+      <c r="E382" t="s">
+        <v>799</v>
+      </c>
+      <c r="F382" t="s">
+        <v>823</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D383" t="s">
+        <v>798</v>
+      </c>
+      <c r="E383" t="s">
+        <v>799</v>
+      </c>
+      <c r="F383" t="s">
+        <v>20</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D384" t="s">
+        <v>798</v>
+      </c>
+      <c r="E384" t="s">
+        <v>799</v>
+      </c>
+      <c r="F384" t="s">
+        <v>20</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D385" t="s">
+        <v>798</v>
+      </c>
+      <c r="E385" t="s">
+        <v>799</v>
+      </c>
+      <c r="F385" t="s">
+        <v>20</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D386" t="s">
+        <v>798</v>
+      </c>
+      <c r="E386" t="s">
+        <v>799</v>
+      </c>
+      <c r="F386" t="s">
+        <v>20</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D387" t="s">
+        <v>798</v>
+      </c>
+      <c r="E387" t="s">
+        <v>799</v>
+      </c>
+      <c r="F387" t="s">
+        <v>823</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D388" t="s">
+        <v>798</v>
+      </c>
+      <c r="E388" t="s">
+        <v>799</v>
+      </c>
+      <c r="F388" t="s">
+        <v>812</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D389" t="s">
+        <v>798</v>
+      </c>
+      <c r="E389" t="s">
+        <v>799</v>
+      </c>
+      <c r="F389" t="s">
+        <v>825</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D390" t="s">
+        <v>798</v>
+      </c>
+      <c r="E390" t="s">
+        <v>799</v>
+      </c>
+      <c r="F390" t="s">
+        <v>825</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D391" t="s">
+        <v>798</v>
+      </c>
+      <c r="E391" t="s">
+        <v>799</v>
+      </c>
+      <c r="F391" t="s">
+        <v>825</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D392" t="s">
+        <v>798</v>
+      </c>
+      <c r="E392" t="s">
+        <v>799</v>
+      </c>
+      <c r="F392" t="s">
+        <v>812</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D393" t="s">
+        <v>798</v>
+      </c>
+      <c r="E393" t="s">
+        <v>799</v>
+      </c>
+      <c r="F393" t="s">
+        <v>823</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D394" t="s">
+        <v>798</v>
+      </c>
+      <c r="E394" t="s">
+        <v>799</v>
+      </c>
+      <c r="F394" t="s">
+        <v>823</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D395" t="s">
+        <v>798</v>
+      </c>
+      <c r="E395" t="s">
+        <v>799</v>
+      </c>
+      <c r="F395" t="s">
+        <v>823</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D396" t="s">
+        <v>798</v>
+      </c>
+      <c r="E396" t="s">
+        <v>799</v>
+      </c>
+      <c r="F396" t="s">
+        <v>812</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D397" t="s">
+        <v>798</v>
+      </c>
+      <c r="E397" t="s">
+        <v>799</v>
+      </c>
+      <c r="F397" t="s">
+        <v>812</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D398" t="s">
+        <v>798</v>
+      </c>
+      <c r="E398" t="s">
+        <v>799</v>
+      </c>
+      <c r="F398" t="s">
+        <v>812</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D399" t="s">
+        <v>798</v>
+      </c>
+      <c r="E399" t="s">
+        <v>799</v>
+      </c>
+      <c r="F399" t="s">
+        <v>812</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D400" t="s">
+        <v>798</v>
+      </c>
+      <c r="E400" t="s">
+        <v>799</v>
+      </c>
+      <c r="F400" t="s">
+        <v>835</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D401" t="s">
+        <v>798</v>
+      </c>
+      <c r="E401" t="s">
+        <v>799</v>
+      </c>
+      <c r="F401" t="s">
+        <v>816</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D402" t="s">
+        <v>798</v>
+      </c>
+      <c r="E402" t="s">
+        <v>799</v>
+      </c>
+      <c r="F402" t="s">
+        <v>816</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D403" t="s">
+        <v>798</v>
+      </c>
+      <c r="E403" t="s">
+        <v>799</v>
+      </c>
+      <c r="F403" t="s">
+        <v>816</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D404" t="s">
+        <v>798</v>
+      </c>
+      <c r="E404" t="s">
+        <v>799</v>
+      </c>
+      <c r="F404" t="s">
+        <v>816</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D405" t="s">
+        <v>798</v>
+      </c>
+      <c r="E405" t="s">
+        <v>799</v>
+      </c>
+      <c r="F405" t="s">
+        <v>816</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D406" t="s">
+        <v>798</v>
+      </c>
+      <c r="E406" t="s">
+        <v>799</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D407" t="s">
+        <v>798</v>
+      </c>
+      <c r="E407" t="s">
+        <v>799</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D408" t="s">
+        <v>798</v>
+      </c>
+      <c r="E408" t="s">
+        <v>799</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D409" t="s">
+        <v>798</v>
+      </c>
+      <c r="E409" t="s">
+        <v>799</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D410" t="s">
+        <v>798</v>
+      </c>
+      <c r="E410" t="s">
+        <v>799</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D411" t="s">
+        <v>798</v>
+      </c>
+      <c r="E411" t="s">
+        <v>799</v>
+      </c>
+      <c r="F411" t="s">
+        <v>20</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D412" t="s">
+        <v>798</v>
+      </c>
+      <c r="E412" t="s">
+        <v>799</v>
+      </c>
+      <c r="F412" t="s">
+        <v>20</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D413" t="s">
+        <v>798</v>
+      </c>
+      <c r="E413" t="s">
+        <v>799</v>
+      </c>
+      <c r="F413" t="s">
+        <v>20</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D414" t="s">
+        <v>798</v>
+      </c>
+      <c r="E414" t="s">
+        <v>799</v>
+      </c>
+      <c r="F414" t="s">
+        <v>20</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D415" t="s">
+        <v>798</v>
+      </c>
+      <c r="E415" t="s">
+        <v>799</v>
+      </c>
+      <c r="F415" t="s">
+        <v>20</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D416" t="s">
+        <v>798</v>
+      </c>
+      <c r="E416" t="s">
+        <v>799</v>
+      </c>
+      <c r="F416" t="s">
+        <v>20</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D417" t="s">
+        <v>798</v>
+      </c>
+      <c r="E417" t="s">
+        <v>799</v>
+      </c>
+      <c r="F417" t="s">
+        <v>823</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D418" t="s">
+        <v>798</v>
+      </c>
+      <c r="E418" t="s">
+        <v>799</v>
+      </c>
+      <c r="F418" t="s">
+        <v>835</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D419" t="s">
+        <v>798</v>
+      </c>
+      <c r="E419" t="s">
+        <v>799</v>
+      </c>
+      <c r="F419" t="s">
+        <v>835</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D420" t="s">
+        <v>798</v>
+      </c>
+      <c r="E420" t="s">
+        <v>799</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D421" t="s">
+        <v>798</v>
+      </c>
+      <c r="E421" t="s">
+        <v>799</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D422" t="s">
+        <v>798</v>
+      </c>
+      <c r="E422" t="s">
+        <v>799</v>
+      </c>
+      <c r="F422" t="s">
+        <v>825</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D423" t="s">
+        <v>798</v>
+      </c>
+      <c r="E423" t="s">
+        <v>799</v>
+      </c>
+      <c r="F423" t="s">
+        <v>825</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D424" t="s">
+        <v>798</v>
+      </c>
+      <c r="E424" t="s">
+        <v>799</v>
+      </c>
+      <c r="F424" t="s">
+        <v>812</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D425" t="s">
+        <v>798</v>
+      </c>
+      <c r="E425" t="s">
+        <v>799</v>
+      </c>
+      <c r="F425" t="s">
+        <v>812</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D426" t="s">
+        <v>798</v>
+      </c>
+      <c r="E426" t="s">
+        <v>799</v>
+      </c>
+      <c r="F426" t="s">
+        <v>812</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D427" t="s">
+        <v>798</v>
+      </c>
+      <c r="E427" t="s">
+        <v>799</v>
+      </c>
+      <c r="F427" t="s">
+        <v>812</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D428" t="s">
+        <v>798</v>
+      </c>
+      <c r="E428" t="s">
+        <v>799</v>
+      </c>
+      <c r="F428" t="s">
+        <v>812</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D429" t="s">
+        <v>798</v>
+      </c>
+      <c r="E429" t="s">
+        <v>799</v>
+      </c>
+      <c r="F429" t="s">
+        <v>20</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D430" t="s">
+        <v>798</v>
+      </c>
+      <c r="E430" t="s">
+        <v>799</v>
+      </c>
+      <c r="F430" t="s">
+        <v>851</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D431" t="s">
+        <v>798</v>
+      </c>
+      <c r="E431" t="s">
+        <v>799</v>
+      </c>
+      <c r="F431" t="s">
+        <v>851</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D432" t="s">
+        <v>798</v>
+      </c>
+      <c r="E432" t="s">
+        <v>799</v>
+      </c>
+      <c r="F432" t="s">
+        <v>851</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>101</v>
+      </c>
+      <c r="D433" t="s">
+        <v>798</v>
+      </c>
+      <c r="E433" t="s">
+        <v>799</v>
+      </c>
+      <c r="F433" t="s">
+        <v>851</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>109</v>
+      </c>
+      <c r="D434" t="s">
+        <v>798</v>
+      </c>
+      <c r="E434" t="s">
+        <v>799</v>
+      </c>
+      <c r="F434" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>113</v>
+      </c>
+      <c r="D435" t="s">
+        <v>798</v>
+      </c>
+      <c r="E435" t="s">
+        <v>799</v>
+      </c>
+      <c r="F435" t="s">
+        <v>906</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>560</v>
+      </c>
+      <c r="D436" t="s">
+        <v>798</v>
+      </c>
+      <c r="E436" t="s">
+        <v>799</v>
+      </c>
+      <c r="F436" t="s">
+        <v>488</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>564</v>
+      </c>
+      <c r="D437" t="s">
+        <v>798</v>
+      </c>
+      <c r="E437" t="s">
+        <v>799</v>
+      </c>
+      <c r="F437" t="s">
+        <v>488</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>568</v>
+      </c>
+      <c r="D438" t="s">
+        <v>798</v>
+      </c>
+      <c r="E438" t="s">
+        <v>799</v>
+      </c>
+      <c r="F438" t="s">
+        <v>812</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>693</v>
+      </c>
+      <c r="D439" t="s">
+        <v>798</v>
+      </c>
+      <c r="E439" t="s">
+        <v>799</v>
+      </c>
+      <c r="F439" t="s">
+        <v>812</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>696</v>
+      </c>
+      <c r="D440" t="s">
+        <v>798</v>
+      </c>
+      <c r="E440" t="s">
+        <v>799</v>
+      </c>
+      <c r="F440" t="s">
+        <v>812</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>699</v>
+      </c>
+      <c r="D441" t="s">
+        <v>798</v>
+      </c>
+      <c r="E441" t="s">
+        <v>799</v>
+      </c>
+      <c r="F441" t="s">
+        <v>812</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>121</v>
+      </c>
+      <c r="D442" t="s">
+        <v>798</v>
+      </c>
+      <c r="E442" t="s">
+        <v>799</v>
+      </c>
+      <c r="F442" t="s">
+        <v>812</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>125</v>
+      </c>
+      <c r="D443" t="s">
+        <v>798</v>
+      </c>
+      <c r="E443" t="s">
+        <v>799</v>
+      </c>
+      <c r="F443" t="s">
+        <v>825</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>129</v>
+      </c>
+      <c r="D444" t="s">
+        <v>798</v>
+      </c>
+      <c r="E444" t="s">
+        <v>799</v>
+      </c>
+      <c r="F444" t="s">
+        <v>825</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>133</v>
+      </c>
+      <c r="D445" t="s">
+        <v>798</v>
+      </c>
+      <c r="E445" t="s">
+        <v>799</v>
+      </c>
+      <c r="F445" t="s">
+        <v>825</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>117</v>
+      </c>
+      <c r="D446" t="s">
+        <v>798</v>
+      </c>
+      <c r="E446" t="s">
+        <v>799</v>
+      </c>
+      <c r="F446" t="s">
+        <v>835</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>8</v>
+      </c>
+      <c r="D447" t="s">
+        <v>798</v>
+      </c>
+      <c r="E447" t="s">
+        <v>799</v>
+      </c>
+      <c r="F447" t="s">
+        <v>823</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>137</v>
+      </c>
+      <c r="D448" t="s">
+        <v>798</v>
+      </c>
+      <c r="E448" t="s">
+        <v>799</v>
+      </c>
+      <c r="F448" t="s">
+        <v>823</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>141</v>
+      </c>
+      <c r="D449" t="s">
+        <v>798</v>
+      </c>
+      <c r="E449" t="s">
+        <v>799</v>
+      </c>
+      <c r="F449" t="s">
+        <v>816</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>153</v>
+      </c>
+      <c r="D450" t="s">
+        <v>798</v>
+      </c>
+      <c r="E450" t="s">
+        <v>799</v>
+      </c>
+      <c r="F450" t="s">
+        <v>816</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>185</v>
+      </c>
+      <c r="D451" t="s">
+        <v>798</v>
+      </c>
+      <c r="E451" t="s">
+        <v>799</v>
+      </c>
+      <c r="F451" t="s">
+        <v>816</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>189</v>
+      </c>
+      <c r="D452" t="s">
+        <v>798</v>
+      </c>
+      <c r="E452" t="s">
+        <v>799</v>
+      </c>
+      <c r="F452" t="s">
+        <v>816</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>193</v>
+      </c>
+      <c r="D453" t="s">
+        <v>798</v>
+      </c>
+      <c r="E453" t="s">
+        <v>799</v>
+      </c>
+      <c r="F453" t="s">
+        <v>816</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>197</v>
+      </c>
+      <c r="D454" t="s">
+        <v>798</v>
+      </c>
+      <c r="E454" t="s">
+        <v>799</v>
+      </c>
+      <c r="F454" t="s">
+        <v>825</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>201</v>
+      </c>
+      <c r="D455" t="s">
+        <v>798</v>
+      </c>
+      <c r="E455" t="s">
+        <v>799</v>
+      </c>
+      <c r="F455" t="s">
+        <v>825</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>205</v>
+      </c>
+      <c r="D456" t="s">
+        <v>798</v>
+      </c>
+      <c r="E456" t="s">
+        <v>799</v>
+      </c>
+      <c r="F456" t="s">
+        <v>812</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>209</v>
+      </c>
+      <c r="D457" t="s">
+        <v>798</v>
+      </c>
+      <c r="E457" t="s">
+        <v>799</v>
+      </c>
+      <c r="F457" t="s">
+        <v>812</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>213</v>
+      </c>
+      <c r="D458" t="s">
+        <v>798</v>
+      </c>
+      <c r="E458" t="s">
+        <v>799</v>
+      </c>
+      <c r="F458" t="s">
+        <v>812</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>217</v>
+      </c>
+      <c r="D459" t="s">
+        <v>798</v>
+      </c>
+      <c r="E459" t="s">
+        <v>799</v>
+      </c>
+      <c r="F459" t="s">
+        <v>881</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>221</v>
+      </c>
+      <c r="D460" t="s">
+        <v>798</v>
+      </c>
+      <c r="E460" t="s">
+        <v>799</v>
+      </c>
+      <c r="F460" t="s">
+        <v>20</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>225</v>
+      </c>
+      <c r="D461" t="s">
+        <v>798</v>
+      </c>
+      <c r="E461" t="s">
+        <v>799</v>
+      </c>
+      <c r="F461" t="s">
+        <v>20</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>229</v>
+      </c>
+      <c r="D462" t="s">
+        <v>798</v>
+      </c>
+      <c r="E462" t="s">
+        <v>799</v>
+      </c>
+      <c r="F462" t="s">
+        <v>20</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>233</v>
+      </c>
+      <c r="D463" t="s">
+        <v>798</v>
+      </c>
+      <c r="E463" t="s">
+        <v>799</v>
+      </c>
+      <c r="F463" t="s">
+        <v>20</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>237</v>
+      </c>
+      <c r="D464" t="s">
+        <v>798</v>
+      </c>
+      <c r="E464" t="s">
+        <v>799</v>
+      </c>
+      <c r="F464" t="s">
+        <v>20</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>23</v>
+      </c>
+      <c r="D465" t="s">
+        <v>798</v>
+      </c>
+      <c r="E465" t="s">
+        <v>799</v>
+      </c>
+      <c r="F465" t="s">
+        <v>851</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>27</v>
+      </c>
+      <c r="D466" t="s">
+        <v>798</v>
+      </c>
+      <c r="E466" t="s">
+        <v>799</v>
+      </c>
+      <c r="F466" t="s">
+        <v>851</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>145</v>
+      </c>
+      <c r="D467" t="s">
+        <v>798</v>
+      </c>
+      <c r="E467" t="s">
+        <v>799</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>149</v>
+      </c>
+      <c r="D468" t="s">
+        <v>798</v>
+      </c>
+      <c r="E468" t="s">
+        <v>799</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>157</v>
+      </c>
+      <c r="D469" t="s">
+        <v>798</v>
+      </c>
+      <c r="E469" t="s">
+        <v>799</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>161</v>
+      </c>
+      <c r="D470" t="s">
+        <v>798</v>
+      </c>
+      <c r="E470" t="s">
+        <v>799</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
         <v>165</v>
       </c>
-      <c r="D342" t="s">
-[...12 lines deleted...]
-        <v>915</v>
+      <c r="D471" t="s">
+        <v>798</v>
+      </c>
+      <c r="E471" t="s">
+        <v>799</v>
+      </c>
+      <c r="F471" t="s">
+        <v>825</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>169</v>
+      </c>
+      <c r="D472" t="s">
+        <v>798</v>
+      </c>
+      <c r="E472" t="s">
+        <v>799</v>
+      </c>
+      <c r="F472" t="s">
+        <v>20</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>173</v>
+      </c>
+      <c r="D473" t="s">
+        <v>798</v>
+      </c>
+      <c r="E473" t="s">
+        <v>799</v>
+      </c>
+      <c r="F473" t="s">
+        <v>20</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>177</v>
+      </c>
+      <c r="D474" t="s">
+        <v>798</v>
+      </c>
+      <c r="E474" t="s">
+        <v>799</v>
+      </c>
+      <c r="F474" t="s">
+        <v>835</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>181</v>
+      </c>
+      <c r="D475" t="s">
+        <v>798</v>
+      </c>
+      <c r="E475" t="s">
+        <v>799</v>
+      </c>
+      <c r="F475" t="s">
+        <v>881</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>241</v>
+      </c>
+      <c r="D476" t="s">
+        <v>798</v>
+      </c>
+      <c r="E476" t="s">
+        <v>799</v>
+      </c>
+      <c r="F476" t="s">
+        <v>881</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>245</v>
+      </c>
+      <c r="D477" t="s">
+        <v>798</v>
+      </c>
+      <c r="E477" t="s">
+        <v>799</v>
+      </c>
+      <c r="F477" t="s">
+        <v>851</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>249</v>
+      </c>
+      <c r="D478" t="s">
+        <v>798</v>
+      </c>
+      <c r="E478" t="s">
+        <v>799</v>
+      </c>
+      <c r="F478" t="s">
+        <v>851</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>253</v>
+      </c>
+      <c r="D479" t="s">
+        <v>798</v>
+      </c>
+      <c r="E479" t="s">
+        <v>799</v>
+      </c>
+      <c r="F479" t="s">
+        <v>812</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>16</v>
+      </c>
+      <c r="D480" t="s">
+        <v>798</v>
+      </c>
+      <c r="E480" t="s">
+        <v>799</v>
+      </c>
+      <c r="F480" t="s">
+        <v>812</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>31</v>
+      </c>
+      <c r="D481" t="s">
+        <v>798</v>
+      </c>
+      <c r="E481" t="s">
+        <v>799</v>
+      </c>
+      <c r="F481" t="s">
+        <v>812</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>35</v>
+      </c>
+      <c r="D482" t="s">
+        <v>798</v>
+      </c>
+      <c r="E482" t="s">
+        <v>799</v>
+      </c>
+      <c r="F482" t="s">
+        <v>812</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>481</v>
+      </c>
+      <c r="D483" t="s">
+        <v>798</v>
+      </c>
+      <c r="E483" t="s">
+        <v>799</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>257</v>
+      </c>
+      <c r="D484" t="s">
+        <v>798</v>
+      </c>
+      <c r="E484" t="s">
+        <v>799</v>
+      </c>
+      <c r="F484" t="s">
+        <v>812</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>261</v>
+      </c>
+      <c r="D485" t="s">
+        <v>798</v>
+      </c>
+      <c r="E485" t="s">
+        <v>799</v>
+      </c>
+      <c r="F485" t="s">
+        <v>812</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>265</v>
+      </c>
+      <c r="D486" t="s">
+        <v>798</v>
+      </c>
+      <c r="E486" t="s">
+        <v>799</v>
+      </c>
+      <c r="F486" t="s">
+        <v>812</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>269</v>
+      </c>
+      <c r="D487" t="s">
+        <v>798</v>
+      </c>
+      <c r="E487" t="s">
+        <v>799</v>
+      </c>
+      <c r="F487" t="s">
+        <v>20</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>273</v>
+      </c>
+      <c r="D488" t="s">
+        <v>798</v>
+      </c>
+      <c r="E488" t="s">
+        <v>799</v>
+      </c>
+      <c r="F488" t="s">
+        <v>20</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>277</v>
+      </c>
+      <c r="D489" t="s">
+        <v>798</v>
+      </c>
+      <c r="E489" t="s">
+        <v>799</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>281</v>
+      </c>
+      <c r="D490" t="s">
+        <v>798</v>
+      </c>
+      <c r="E490" t="s">
+        <v>799</v>
+      </c>
+      <c r="F490" t="s">
+        <v>881</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>285</v>
+      </c>
+      <c r="D491" t="s">
+        <v>798</v>
+      </c>
+      <c r="E491" t="s">
+        <v>799</v>
+      </c>
+      <c r="F491" t="s">
+        <v>881</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>289</v>
+      </c>
+      <c r="D492" t="s">
+        <v>798</v>
+      </c>
+      <c r="E492" t="s">
+        <v>799</v>
+      </c>
+      <c r="F492" t="s">
+        <v>823</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>293</v>
+      </c>
+      <c r="D493" t="s">
+        <v>798</v>
+      </c>
+      <c r="E493" t="s">
+        <v>799</v>
+      </c>
+      <c r="F493" t="s">
+        <v>816</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>491</v>
+      </c>
+      <c r="D494" t="s">
+        <v>798</v>
+      </c>
+      <c r="E494" t="s">
+        <v>799</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1356</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>297</v>
+      </c>
+      <c r="D495" t="s">
+        <v>798</v>
+      </c>
+      <c r="E495" t="s">
+        <v>799</v>
+      </c>
+      <c r="F495" t="s">
+        <v>20</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>301</v>
+      </c>
+      <c r="D496" t="s">
+        <v>798</v>
+      </c>
+      <c r="E496" t="s">
+        <v>799</v>
+      </c>
+      <c r="F496" t="s">
+        <v>20</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>582</v>
+      </c>
+      <c r="D497" t="s">
+        <v>798</v>
+      </c>
+      <c r="E497" t="s">
+        <v>799</v>
+      </c>
+      <c r="F497" t="s">
+        <v>20</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>586</v>
+      </c>
+      <c r="D498" t="s">
+        <v>798</v>
+      </c>
+      <c r="E498" t="s">
+        <v>799</v>
+      </c>
+      <c r="F498" t="s">
+        <v>812</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D499" t="s">
+        <v>798</v>
+      </c>
+      <c r="E499" t="s">
+        <v>799</v>
+      </c>
+      <c r="F499" t="s">
+        <v>812</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D500" t="s">
+        <v>798</v>
+      </c>
+      <c r="E500" t="s">
+        <v>799</v>
+      </c>
+      <c r="F500" t="s">
+        <v>812</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D501" t="s">
+        <v>798</v>
+      </c>
+      <c r="E501" t="s">
+        <v>799</v>
+      </c>
+      <c r="F501" t="s">
+        <v>812</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D502" t="s">
+        <v>798</v>
+      </c>
+      <c r="E502" t="s">
+        <v>799</v>
+      </c>
+      <c r="F502" t="s">
+        <v>812</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D503" t="s">
+        <v>798</v>
+      </c>
+      <c r="E503" t="s">
+        <v>799</v>
+      </c>
+      <c r="F503" t="s">
+        <v>812</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D504" t="s">
+        <v>798</v>
+      </c>
+      <c r="E504" t="s">
+        <v>799</v>
+      </c>
+      <c r="F504" t="s">
+        <v>812</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D505" t="s">
+        <v>798</v>
+      </c>
+      <c r="E505" t="s">
+        <v>799</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D506" t="s">
+        <v>798</v>
+      </c>
+      <c r="E506" t="s">
+        <v>799</v>
+      </c>
+      <c r="F506" t="s">
+        <v>823</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D507" t="s">
+        <v>798</v>
+      </c>
+      <c r="E507" t="s">
+        <v>799</v>
+      </c>
+      <c r="F507" t="s">
+        <v>881</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D508" t="s">
+        <v>798</v>
+      </c>
+      <c r="E508" t="s">
+        <v>799</v>
+      </c>
+      <c r="F508" t="s">
+        <v>825</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D509" t="s">
+        <v>798</v>
+      </c>
+      <c r="E509" t="s">
+        <v>799</v>
+      </c>
+      <c r="F509" t="s">
+        <v>835</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D510" t="s">
+        <v>798</v>
+      </c>
+      <c r="E510" t="s">
+        <v>799</v>
+      </c>
+      <c r="F510" t="s">
+        <v>835</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>17</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D511" t="s">
+        <v>798</v>
+      </c>
+      <c r="E511" t="s">
+        <v>799</v>
+      </c>
+      <c r="F511" t="s">
+        <v>20</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>487</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D512" t="s">
+        <v>798</v>
+      </c>
+      <c r="E512" t="s">
+        <v>799</v>
+      </c>
+      <c r="F512" t="s">
+        <v>812</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>492</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D513" t="s">
+        <v>798</v>
+      </c>
+      <c r="E513" t="s">
+        <v>799</v>
+      </c>
+      <c r="F513" t="s">
+        <v>812</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D514" t="s">
+        <v>798</v>
+      </c>
+      <c r="E514" t="s">
+        <v>799</v>
+      </c>
+      <c r="F514" t="s">
+        <v>812</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D515" t="s">
+        <v>798</v>
+      </c>
+      <c r="E515" t="s">
+        <v>799</v>
+      </c>
+      <c r="F515" t="s">
+        <v>812</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D516" t="s">
+        <v>798</v>
+      </c>
+      <c r="E516" t="s">
+        <v>799</v>
+      </c>
+      <c r="F516" t="s">
+        <v>812</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D517" t="s">
+        <v>798</v>
+      </c>
+      <c r="E517" t="s">
+        <v>799</v>
+      </c>
+      <c r="F517" t="s">
+        <v>812</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D518" t="s">
+        <v>798</v>
+      </c>
+      <c r="E518" t="s">
+        <v>799</v>
+      </c>
+      <c r="F518" t="s">
+        <v>812</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D519" t="s">
+        <v>798</v>
+      </c>
+      <c r="E519" t="s">
+        <v>799</v>
+      </c>
+      <c r="F519" t="s">
+        <v>812</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D520" t="s">
+        <v>798</v>
+      </c>
+      <c r="E520" t="s">
+        <v>799</v>
+      </c>
+      <c r="F520" t="s">
+        <v>812</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D521" t="s">
+        <v>798</v>
+      </c>
+      <c r="E521" t="s">
+        <v>799</v>
+      </c>
+      <c r="F521" t="s">
+        <v>816</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D522" t="s">
+        <v>798</v>
+      </c>
+      <c r="E522" t="s">
+        <v>799</v>
+      </c>
+      <c r="F522" t="s">
+        <v>816</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D523" t="s">
+        <v>798</v>
+      </c>
+      <c r="E523" t="s">
+        <v>799</v>
+      </c>
+      <c r="F523" t="s">
+        <v>816</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D524" t="s">
+        <v>798</v>
+      </c>
+      <c r="E524" t="s">
+        <v>799</v>
+      </c>
+      <c r="F524" t="s">
+        <v>835</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D525" t="s">
+        <v>798</v>
+      </c>
+      <c r="E525" t="s">
+        <v>799</v>
+      </c>
+      <c r="F525" t="s">
+        <v>835</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D526" t="s">
+        <v>798</v>
+      </c>
+      <c r="E526" t="s">
+        <v>799</v>
+      </c>
+      <c r="F526" t="s">
+        <v>816</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D527" t="s">
+        <v>798</v>
+      </c>
+      <c r="E527" t="s">
+        <v>799</v>
+      </c>
+      <c r="F527" t="s">
+        <v>816</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D528" t="s">
+        <v>798</v>
+      </c>
+      <c r="E528" t="s">
+        <v>799</v>
+      </c>
+      <c r="F528" t="s">
+        <v>816</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D529" t="s">
+        <v>798</v>
+      </c>
+      <c r="E529" t="s">
+        <v>799</v>
+      </c>
+      <c r="F529" t="s">
+        <v>881</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D530" t="s">
+        <v>798</v>
+      </c>
+      <c r="E530" t="s">
+        <v>799</v>
+      </c>
+      <c r="F530" t="s">
+        <v>881</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D531" t="s">
+        <v>798</v>
+      </c>
+      <c r="E531" t="s">
+        <v>799</v>
+      </c>
+      <c r="F531" t="s">
+        <v>881</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D532" t="s">
+        <v>798</v>
+      </c>
+      <c r="E532" t="s">
+        <v>799</v>
+      </c>
+      <c r="F532" t="s">
+        <v>881</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D533" t="s">
+        <v>798</v>
+      </c>
+      <c r="E533" t="s">
+        <v>799</v>
+      </c>
+      <c r="F533" t="s">
+        <v>825</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D534" t="s">
+        <v>798</v>
+      </c>
+      <c r="E534" t="s">
+        <v>799</v>
+      </c>
+      <c r="F534" t="s">
+        <v>823</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D535" t="s">
+        <v>798</v>
+      </c>
+      <c r="E535" t="s">
+        <v>799</v>
+      </c>
+      <c r="F535" t="s">
+        <v>823</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D536" t="s">
+        <v>798</v>
+      </c>
+      <c r="E536" t="s">
+        <v>799</v>
+      </c>
+      <c r="F536" t="s">
+        <v>812</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D537" t="s">
+        <v>798</v>
+      </c>
+      <c r="E537" t="s">
+        <v>799</v>
+      </c>
+      <c r="F537" t="s">
+        <v>812</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D538" t="s">
+        <v>798</v>
+      </c>
+      <c r="E538" t="s">
+        <v>799</v>
+      </c>
+      <c r="F538" t="s">
+        <v>812</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D539" t="s">
+        <v>798</v>
+      </c>
+      <c r="E539" t="s">
+        <v>799</v>
+      </c>
+      <c r="F539" t="s">
+        <v>812</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D540" t="s">
+        <v>798</v>
+      </c>
+      <c r="E540" t="s">
+        <v>799</v>
+      </c>
+      <c r="F540" t="s">
+        <v>812</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D541" t="s">
+        <v>798</v>
+      </c>
+      <c r="E541" t="s">
+        <v>799</v>
+      </c>
+      <c r="F541" t="s">
+        <v>812</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D542" t="s">
+        <v>798</v>
+      </c>
+      <c r="E542" t="s">
+        <v>799</v>
+      </c>
+      <c r="F542" t="s">
+        <v>20</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D543" t="s">
+        <v>798</v>
+      </c>
+      <c r="E543" t="s">
+        <v>799</v>
+      </c>
+      <c r="F543" t="s">
+        <v>835</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D544" t="s">
+        <v>798</v>
+      </c>
+      <c r="E544" t="s">
+        <v>799</v>
+      </c>
+      <c r="F544" t="s">
+        <v>812</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D545" t="s">
+        <v>798</v>
+      </c>
+      <c r="E545" t="s">
+        <v>799</v>
+      </c>
+      <c r="F545" t="s">
+        <v>812</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D546" t="s">
+        <v>798</v>
+      </c>
+      <c r="E546" t="s">
+        <v>799</v>
+      </c>
+      <c r="F546" t="s">
+        <v>812</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D547" t="s">
+        <v>798</v>
+      </c>
+      <c r="E547" t="s">
+        <v>799</v>
+      </c>
+      <c r="F547" t="s">
+        <v>812</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D548" t="s">
+        <v>798</v>
+      </c>
+      <c r="E548" t="s">
+        <v>799</v>
+      </c>
+      <c r="F548" t="s">
+        <v>812</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D549" t="s">
+        <v>798</v>
+      </c>
+      <c r="E549" t="s">
+        <v>799</v>
+      </c>
+      <c r="F549" t="s">
+        <v>812</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D550" t="s">
+        <v>798</v>
+      </c>
+      <c r="E550" t="s">
+        <v>799</v>
+      </c>
+      <c r="F550" t="s">
+        <v>812</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D551" t="s">
+        <v>798</v>
+      </c>
+      <c r="E551" t="s">
+        <v>799</v>
+      </c>
+      <c r="F551" t="s">
+        <v>812</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D552" t="s">
+        <v>798</v>
+      </c>
+      <c r="E552" t="s">
+        <v>799</v>
+      </c>
+      <c r="F552" t="s">
+        <v>812</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D553" t="s">
+        <v>798</v>
+      </c>
+      <c r="E553" t="s">
+        <v>799</v>
+      </c>
+      <c r="F553" t="s">
+        <v>812</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>305</v>
+      </c>
+      <c r="D554" t="s">
+        <v>798</v>
+      </c>
+      <c r="E554" t="s">
+        <v>799</v>
+      </c>
+      <c r="F554" t="s">
+        <v>20</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>24</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>309</v>
+      </c>
+      <c r="D555" t="s">
+        <v>798</v>
+      </c>
+      <c r="E555" t="s">
+        <v>799</v>
+      </c>
+      <c r="F555" t="s">
+        <v>825</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>28</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>313</v>
+      </c>
+      <c r="D556" t="s">
+        <v>798</v>
+      </c>
+      <c r="E556" t="s">
+        <v>799</v>
+      </c>
+      <c r="F556" t="s">
+        <v>816</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>32</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>317</v>
+      </c>
+      <c r="D557" t="s">
+        <v>798</v>
+      </c>
+      <c r="E557" t="s">
+        <v>799</v>
+      </c>
+      <c r="F557" t="s">
+        <v>816</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>36</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>321</v>
+      </c>
+      <c r="D558" t="s">
+        <v>798</v>
+      </c>
+      <c r="E558" t="s">
+        <v>799</v>
+      </c>
+      <c r="F558" t="s">
+        <v>816</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>325</v>
+      </c>
+      <c r="D559" t="s">
+        <v>798</v>
+      </c>
+      <c r="E559" t="s">
+        <v>799</v>
+      </c>
+      <c r="F559" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>329</v>
+      </c>
+      <c r="D560" t="s">
+        <v>798</v>
+      </c>
+      <c r="E560" t="s">
+        <v>799</v>
+      </c>
+      <c r="F560" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>333</v>
+      </c>
+      <c r="D561" t="s">
+        <v>798</v>
+      </c>
+      <c r="E561" t="s">
+        <v>799</v>
+      </c>
+      <c r="F561" t="s">
+        <v>881</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>337</v>
+      </c>
+      <c r="D562" t="s">
+        <v>798</v>
+      </c>
+      <c r="E562" t="s">
+        <v>799</v>
+      </c>
+      <c r="F562" t="s">
+        <v>812</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>341</v>
+      </c>
+      <c r="D563" t="s">
+        <v>798</v>
+      </c>
+      <c r="E563" t="s">
+        <v>799</v>
+      </c>
+      <c r="F563" t="s">
+        <v>812</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>345</v>
+      </c>
+      <c r="D564" t="s">
+        <v>798</v>
+      </c>
+      <c r="E564" t="s">
+        <v>799</v>
+      </c>
+      <c r="F564" t="s">
+        <v>812</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>349</v>
+      </c>
+      <c r="D565" t="s">
+        <v>798</v>
+      </c>
+      <c r="E565" t="s">
+        <v>799</v>
+      </c>
+      <c r="F565" t="s">
+        <v>812</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>353</v>
+      </c>
+      <c r="D566" t="s">
+        <v>798</v>
+      </c>
+      <c r="E566" t="s">
+        <v>799</v>
+      </c>
+      <c r="F566" t="s">
+        <v>812</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>357</v>
+      </c>
+      <c r="D567" t="s">
+        <v>798</v>
+      </c>
+      <c r="E567" t="s">
+        <v>799</v>
+      </c>
+      <c r="F567" t="s">
+        <v>812</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>361</v>
+      </c>
+      <c r="D568" t="s">
+        <v>798</v>
+      </c>
+      <c r="E568" t="s">
+        <v>799</v>
+      </c>
+      <c r="F568" t="s">
+        <v>20</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>365</v>
+      </c>
+      <c r="D569" t="s">
+        <v>798</v>
+      </c>
+      <c r="E569" t="s">
+        <v>799</v>
+      </c>
+      <c r="F569" t="s">
+        <v>835</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>369</v>
+      </c>
+      <c r="D570" t="s">
+        <v>798</v>
+      </c>
+      <c r="E570" t="s">
+        <v>799</v>
+      </c>
+      <c r="F570" t="s">
+        <v>812</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>373</v>
+      </c>
+      <c r="D571" t="s">
+        <v>798</v>
+      </c>
+      <c r="E571" t="s">
+        <v>799</v>
+      </c>
+      <c r="F571" t="s">
+        <v>812</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>377</v>
+      </c>
+      <c r="D572" t="s">
+        <v>798</v>
+      </c>
+      <c r="E572" t="s">
+        <v>799</v>
+      </c>
+      <c r="F572" t="s">
+        <v>812</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>381</v>
+      </c>
+      <c r="D573" t="s">
+        <v>798</v>
+      </c>
+      <c r="E573" t="s">
+        <v>799</v>
+      </c>
+      <c r="F573" t="s">
+        <v>812</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D574" t="s">
+        <v>798</v>
+      </c>
+      <c r="E574" t="s">
+        <v>799</v>
+      </c>
+      <c r="F574" t="s">
+        <v>812</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>385</v>
+      </c>
+      <c r="D575" t="s">
+        <v>798</v>
+      </c>
+      <c r="E575" t="s">
+        <v>799</v>
+      </c>
+      <c r="F575" t="s">
+        <v>823</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>389</v>
+      </c>
+      <c r="D576" t="s">
+        <v>798</v>
+      </c>
+      <c r="E576" t="s">
+        <v>799</v>
+      </c>
+      <c r="F576" t="s">
+        <v>881</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>393</v>
+      </c>
+      <c r="D577" t="s">
+        <v>798</v>
+      </c>
+      <c r="E577" t="s">
+        <v>799</v>
+      </c>
+      <c r="F577" t="s">
+        <v>823</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H577" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D578" t="s">
+        <v>798</v>
+      </c>
+      <c r="E578" t="s">
+        <v>799</v>
+      </c>
+      <c r="F578" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H578" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D579" t="s">
+        <v>798</v>
+      </c>
+      <c r="E579" t="s">
+        <v>799</v>
+      </c>
+      <c r="F579" t="s">
+        <v>812</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D580" t="s">
+        <v>798</v>
+      </c>
+      <c r="E580" t="s">
+        <v>799</v>
+      </c>
+      <c r="F580" t="s">
+        <v>812</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D581" t="s">
+        <v>798</v>
+      </c>
+      <c r="E581" t="s">
+        <v>799</v>
+      </c>
+      <c r="F581" t="s">
+        <v>812</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D582" t="s">
+        <v>798</v>
+      </c>
+      <c r="E582" t="s">
+        <v>799</v>
+      </c>
+      <c r="F582" t="s">
+        <v>812</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D583" t="s">
+        <v>798</v>
+      </c>
+      <c r="E583" t="s">
+        <v>799</v>
+      </c>
+      <c r="F583" t="s">
+        <v>812</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D584" t="s">
+        <v>798</v>
+      </c>
+      <c r="E584" t="s">
+        <v>799</v>
+      </c>
+      <c r="F584" t="s">
+        <v>812</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H584" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D585" t="s">
+        <v>798</v>
+      </c>
+      <c r="E585" t="s">
+        <v>799</v>
+      </c>
+      <c r="F585" t="s">
+        <v>812</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D586" t="s">
+        <v>798</v>
+      </c>
+      <c r="E586" t="s">
+        <v>799</v>
+      </c>
+      <c r="F586" t="s">
+        <v>812</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D587" t="s">
+        <v>798</v>
+      </c>
+      <c r="E587" t="s">
+        <v>799</v>
+      </c>
+      <c r="F587" t="s">
+        <v>825</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D588" t="s">
+        <v>798</v>
+      </c>
+      <c r="E588" t="s">
+        <v>799</v>
+      </c>
+      <c r="F588" t="s">
+        <v>20</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D589" t="s">
+        <v>798</v>
+      </c>
+      <c r="E589" t="s">
+        <v>799</v>
+      </c>
+      <c r="F589" t="s">
+        <v>20</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D590" t="s">
+        <v>798</v>
+      </c>
+      <c r="E590" t="s">
+        <v>799</v>
+      </c>
+      <c r="F590" t="s">
+        <v>20</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D591" t="s">
+        <v>798</v>
+      </c>
+      <c r="E591" t="s">
+        <v>799</v>
+      </c>
+      <c r="F591" t="s">
+        <v>812</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D592" t="s">
+        <v>798</v>
+      </c>
+      <c r="E592" t="s">
+        <v>799</v>
+      </c>
+      <c r="F592" t="s">
+        <v>812</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D593" t="s">
+        <v>798</v>
+      </c>
+      <c r="E593" t="s">
+        <v>799</v>
+      </c>
+      <c r="F593" t="s">
+        <v>812</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D594" t="s">
+        <v>798</v>
+      </c>
+      <c r="E594" t="s">
+        <v>799</v>
+      </c>
+      <c r="F594" t="s">
+        <v>812</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D595" t="s">
+        <v>798</v>
+      </c>
+      <c r="E595" t="s">
+        <v>799</v>
+      </c>
+      <c r="F595" t="s">
+        <v>812</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D596" t="s">
+        <v>798</v>
+      </c>
+      <c r="E596" t="s">
+        <v>799</v>
+      </c>
+      <c r="F596" t="s">
+        <v>812</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D597" t="s">
+        <v>798</v>
+      </c>
+      <c r="E597" t="s">
+        <v>799</v>
+      </c>
+      <c r="F597" t="s">
+        <v>812</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D598" t="s">
+        <v>798</v>
+      </c>
+      <c r="E598" t="s">
+        <v>799</v>
+      </c>
+      <c r="F598" t="s">
+        <v>812</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D599" t="s">
+        <v>798</v>
+      </c>
+      <c r="E599" t="s">
+        <v>799</v>
+      </c>
+      <c r="F599" t="s">
+        <v>812</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D600" t="s">
+        <v>798</v>
+      </c>
+      <c r="E600" t="s">
+        <v>799</v>
+      </c>
+      <c r="F600" t="s">
+        <v>825</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D601" t="s">
+        <v>798</v>
+      </c>
+      <c r="E601" t="s">
+        <v>799</v>
+      </c>
+      <c r="F601" t="s">
+        <v>825</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D602" t="s">
+        <v>798</v>
+      </c>
+      <c r="E602" t="s">
+        <v>799</v>
+      </c>
+      <c r="F602" t="s">
+        <v>835</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D603" t="s">
+        <v>798</v>
+      </c>
+      <c r="E603" t="s">
+        <v>799</v>
+      </c>
+      <c r="F603" t="s">
+        <v>835</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D604" t="s">
+        <v>798</v>
+      </c>
+      <c r="E604" t="s">
+        <v>799</v>
+      </c>
+      <c r="F604" t="s">
+        <v>823</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D605" t="s">
+        <v>798</v>
+      </c>
+      <c r="E605" t="s">
+        <v>799</v>
+      </c>
+      <c r="F605" t="s">
+        <v>823</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1573</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -12365,50 +20954,313 @@
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
     <hyperlink ref="G338" r:id="rId337"/>
     <hyperlink ref="G339" r:id="rId338"/>
     <hyperlink ref="G340" r:id="rId339"/>
     <hyperlink ref="G341" r:id="rId340"/>
     <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>