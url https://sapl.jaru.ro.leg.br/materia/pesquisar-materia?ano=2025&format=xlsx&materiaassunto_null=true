--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -10,300 +10,300 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4740" uniqueCount="1574">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5755" uniqueCount="1950">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Jeverson Luiz de Lima</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ja_foi_enviado_para_os_vereadores_proposta_de_emenda_a_lei_organica_no_26.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ja_foi_enviado_para_os_vereadores_proposta_de_emenda_a_lei_organica_no_26.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 26, de 12 de setembro de 2025, de autoria do Poder Executivo que Altera a Lei Orgânica do Município de Jaru/RO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Tatiane da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pr_400.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pr_400.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 400, de 23 de setembro de 2025, de autoria da Mesa Diretora que Altera a Resolução n. 310, DE 01 DE SETEMBRO DE 2025, que dispõe sobre a concessão de honrarias no âmbito da Câmara Municipal de Jaru/RO, estabelecendo critérios, limites e vedações, e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/247/pl_465.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/247/pl_465.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 465, de 21 de agosto de 2025, de autoria do Vereador Chiquinho do Cacau, que   Denomina a Rua Estrada de Acesso, do setor chacareiro, como Rua José Pereira dos Santos.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/248/pl_466.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/248/pl_466.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 466, de 21 de agosto de 2025, de autoria do Vereador Chiquinho do Cacau, que   Denomina a Rua Estrada de Acesso, do setor 08, como Rua Maria da Glória Santos.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_467.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_467.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 467, de 27 de agosto de 2025, de autoria da Mesa Diretora, que    altera a Lei nº. 3.957, de 06 de fevereiro de 2025. A presente alteração tem o propósito de conceder o reajuste salarial aos servidores efetivos da Câmara Municipal de Jaru, visando à valorização da categoria e a recomposição do poder aquisitivo dos vencimentos. (Votação nominal).</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_468.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_468.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 468, de 29 de agosto de 2025, de autoria da Mesa Diretora, que      altera a Lei n. 3.958, de 06 de fevereiro de 2025. Tem por finalidade retificar erro material.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/9/pl_4207.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/9/pl_4207.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.207, de 06 de janeiro de 2025, de autoria do Poder Executivo que Autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar no valor de R$1.828.546,22 um milhão, oitocentos e vinte e oito mil, quinhentos e quarenta e seis reais e vinte e dois_x000D_
 centavos. Tem por objeto a Construção do Centro de Hemodiálise no Município de Jaru/RO.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1/19-008824-2025_01_9.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1/19-008824-2025_01_9.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.369, DE 29 DE MAIO DE 2025._x000D_
  Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pl_4.374.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pl_4.374.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.374 de 06 de junho de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por superavit financeiro no valor de R$ 110.560,99 (cento e dez mil, quinhentos e sessenta reais e noventa e nove centavos), na unidade orçamentária: Fundo Municipal de Saúde para fins que especifica".</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pl_4.375.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pl_4.375.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.375, DE 06 DE JUNHO DE 2025_x000D_
 Abertura de crédito adicional Suplementar por anulação de dotação orçamentária.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl_4.376.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl_4.376.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.376, de 11 de junho de 2025, de autoria do Poder Executivo, que Autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 652.640,86 (seiscentos e cinquenta e dois mil, seiscentos e quarenta reais e oitenta e seis centavos). Será destinado a aquisição de equipamentos e materiais permanentes para Secretaria Municipal de Esporte, Cultura, Lazer e Turismo.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/5/pl_4380.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/5/pl_4380.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.380 de 13 de junho de 2025, que "Dispõe sobre abertura de crédito adicional especial por anulação de dotação orçamentária no valor de R$ 40.742,73 (quarenta mil, setecentos e quarenta e dois reais e setenta e três centavos), na unidade orçamentária: Secretaria municipal de Esporte, Cultura, Lazer e Turismo para fins que especifica".</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_4381.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_4381.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.381 de 13 de junho de 2025, que "Dispõe sobre abertura de crédito adicional especial por anulação de dotação orçamentária no valor de R$ 554.678,81 (quinhentos e cinquenta e quatro mil, seiscentos e setenta e oito reais e oitenta e um centavos), na unidade orçamentária: Secretaria Municipal de Infraestrutura e Serviços Públicos para fins que especifica".</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/7/pl_4382.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/7/pl_4382.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.382 de 16 de junho de 2025, que "Dispõe sobre a abertura de crédito adicional suplementar por superavit financeiro no_x000D_
 valor de R$ 164.722,20 (cento e sessenta e quatro mil, setecentos e vinte e dois reais e vinte centavos), na Unidade Orçamentária: Fundo Municipal de Saúde".</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/</t>
+    <t>http://sapl.jaru.ro.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.388, de 30 de junho de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 500.000,00 (quinhentos mil reais). Será destinado ao custeio de despesas com materiais de consumo, tais como medicamentos, material penso, produtos de limpeza e higiene, combustível, alimentos, entre outros. Ademais, os recursos também serão empregados em outras despesas de pessoal decorrentes de contratos de terceirização, destinado a custear despesas com Plantões Excepcionais no âmbito da Atenção Primária em Saúde.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/12/pl_4391.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/12/pl_4391.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.391, de 03 de julho de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 200.000,00 (duzentos mil reais). Será destinado à aquisição de materiais de consumo, tais como medicamentos, material penso, produtos de limpeza e higiene, combustível, alimentos, entre outros, no âmbito da Atenção Primária em Saúde.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/13/pl_4392.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/13/pl_4392.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.392, de 03 de julho de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 1.000.000,00 (um milhão de reais). Destina-se a cobertura de despesas com materiais de consumo essenciais à manutenção da Atenção Especializada e Hospitalar, incluindo medicamentos, material penso, produtos de limpeza e higiene, combustíveis, gêneros alimentícios, entre outros.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.394, de 04 de julho de 2025, de autoria do Poder Executivo, que autoriza abertura de crédito adicional especial por superávit financeiro, crédito no valor de R$ 321.029,94 (trezentos e vinte e um mil, vinte e nove reais e noventa e quatro centavos). Destina-se a construção da pista de caminhada no município de Jaru (Linha 605).</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.395, de 07 de julho de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 1.932,01 (mil, novecentos e trinta e dois reais e um centavo). Aquisição de Equipamentos e Materiais Permanentes.</t>
   </si>
   <si>
     <t>16</t>
   </si>
@@ -326,2318 +326,3447 @@
     <t>18</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.398, de 10 de julho de 2025, de autoria do Poder Executivo, que  Altera a Lei nº 2.366, de 03 de dezembro de 2018 e dá outras providências.(Votação nominal).</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.399, de 10 de julho de 2025, de autoria do Poder Executivo, que _x000D_
 Institui a Gratificação de Valorização da Educação Municipal (GVEM) para os Profissionais da Educação Básica do Município de Jaru e dá outras providências. (Votação nominal).</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/214/pl_4401.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/214/pl_4401.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.401, de 15 de julho de 2025, de autoria do Poder Executivo, que altera a Lei Municipal nº 2.199, de 26 de setembro de 2017, que institui o imposto sobre serviços de qualquer natureza ISSQN e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/215/pl_4402.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/215/pl_4402.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.402, de 23 de julho de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, R$ 42.840,00 (quarenta e dois mil e oitocentos e quarenta reais). Destina-se a reforço de dotação orçamentária para acobertar despesas indenizatórias com diárias.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/216/pl_4403.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/216/pl_4403.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.403, de 25 de julho de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, R$ 35.455,02 (trinta e cinco mil, quatrocentos e cinquenta e cinco reais e dois centavos). Destina-se acobertar despesas com reforma no prédio do Centro de Convenções, onde se encontram os departamentos de almoxarifado e patrimônio da Prefeitura Municipal de Jaru.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_4404.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_4404.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.404, de 31 de julho de 2025, de autoria do Poder Executivo, que autoriza abertura de crédito adicional suplementar por superávit financeiro, R$ 336.996,67 (trezentos e trinta e seis mil, novecentos e noventa e seis reais e sessenta e sete centavos). Aquisição de veículo tipo caminhonete, zero km, cabine dupla, para atender demandas do Instituto de Previdência dos Servidores Públicos do Município de Jaru.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/228/19-012217-2025_01_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/228/19-012217-2025_01_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Jaru para o quadriênio 2026 - 2029.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/224/pl_4.417.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/224/pl_4.417.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.417, de 15 de agosto de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por anulação de dotação orçamentária no valor de R$ 179.147,52 (cento e setenta e nove mil, cento e quarenta e sete reais e cinquenta e dois centavos), na unidade orçamentária: Secretaria_x000D_
 Municipal de Administração, Finanças e Orçamento para fins que especifica".</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/225/pl_4.418.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/225/pl_4.418.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.418 de 19 de agosto de 2025, que "Dispõe sobre abertura de crédito adicional especial por anulação de dotação orçamentária no valor de R$ 39.219,25 (trinta e nove mil,duzentos e dezenove reais e vinte e cinco centavos), na unidade orçamentária: Secretaria municipal de Esporte, Cultura, Lazer e Turismo para fins que especifica".</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/226/pl_4.419.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/226/pl_4.419.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.419 de 21 de agosto de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por anulação de dotação orçamentária no valor de R$ 25.000,00 (vinte e cinco mil reais), na unidade orçamentária: Secretaria municipal de Esporte, Cultura, Lazer e Turismo para fins que_x000D_
 especifica".</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/227/pl_4.420.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/227/pl_4.420.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.420 de 21 de agosto de 2025, que "Dispõe sobre a abertura de crédito adicional suplementar por anulação de dotação orçamentária no valor de R$ 400.000,00 (quatrocentos mil reais) na Unidade Orçamentária: "Fundo Municipal de Saúde".</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/230/pl_4.421.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/230/pl_4.421.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.421 de 21 de agosto de 2025, que "Dispõe sobre abertura de crédito adicional especial por excesso de arrecadação e anulação de_x000D_
 dotação Orçamentária no valor de R$ 844.652,17 (oitocentos e quarenta e quatro mil, seiscentos e cinquenta e dois reais e dezessete centavos), na Unidade Orçamentaria: Secretaria Municipal deDesenvolvimento Social, para fins que especifica".</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/231/pl_4.422.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/231/pl_4.422.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.422, DE 21 DE AGOSTO DE 2025, Autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/249/pl_4423.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/249/pl_4423.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.423, de 25 de agosto de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.000.000,00 (um milhão de reais), será destinado a aquisição de medicamentos, materiais cirúrgicos, materiais penso, materiais gráficos, limpeza e higienização, entre outros itens essenciais para o funcionamento regular e qualificado dos serviços prestados da Atenção Especializada e Hospitalar.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/250/pl_4424.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/250/pl_4424.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.424, de 25 de agosto de 2025, de autoria do Poder Executivo, que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.823.859,00 (um milhão, oitocentos e vinte e três mil e oitocentos e cinquenta e nove reais).  Destina-se a reforço de dotação orçamentária para acobertar despesas de pessoal (Vencimentos e Vantagens Fixas - Pessoal Civil, Obrigações Patronais e Contribuições Patronais), dos profissionais da Atenção Especializada e Hospitalar.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/232/pl_4.425.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/232/pl_4.425.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.425 de 28 de agosto de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de_x000D_
 R$ 1.589.000,00 (um milhão e quinhentos e oitenta e nove mil reais), na unidade orçamentária: Secretaria e Fundo Municipal de Educação, para fins que especifica.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_4426.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_4426.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.426, de 01 de setembro de 2025, autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, no valor de  R$ 186.582,69 (cento e oitenta e seis mil, quinhentos e oitenta e dois reais e sessenta e nove centavos) .Tem como objetivo assegurar a disponibilidade orçamentária necessária para viabilizar a instalação de Subestações Elétricas com a finalidade exclusiva de atender e aprimorar o Sistema de Iluminação Pública da Praça Dom Pedro e do Bosque Beira Rio.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/252/pl_4427.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/252/pl_4427.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.427, de 01 de setembro de 2025, autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 10.000,00 (dez mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com indenizações e restituições trabalhistas.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/253/pl_4428.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/253/pl_4428.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.428, de 02 de setembro de 2025, autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 124.000,00 (cento e vinte e quatro mil reais. Destina-se a reforço de dotação orçamentária para acobertar despesas indenizatórias e restituições tais como cumprimento de obrigações legais, contratuais, trabalhistas, reparações de danos a terceiros, restituições a colaboradores e pagamento de diárias excepcionais bem como despesas com serviços de terceiros visando manutenção corretiva e preventiva dos equipamentos e veículos utilizados nas operações, atendendo demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/254/pl_4429.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/254/pl_4429.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.429, de 02 de setembro de 2025, autoriza o Poder Executivo, Projeto de Lei que altera a Lei Municipal nº 3.887, de 03 de dezembro de 2024, e dá outras providências. Tem por finalidade autorizar a realização de processo seletivo suplementar para o provimento das funções de Diretor e Vice-Diretor Escolar.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/255/pl_4431.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/255/pl_4431.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.431, de 04 de setembro de 2025, autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, no valor de R$ 282.100,00 (duzentos e oitenta e dois mil e cem reais). Destina-se acobertar despesas com aquisição de um VEÍCULO TIPO PICK UP, CABINE DUPLA, destinado ao Departamento de Receita Municipal.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/256/pl_4432.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/256/pl_4432.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.432, de 04 de setembro de 2025, autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 821.000,00 (oitocentos e vinte e um mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas com folha de pagamento, abrangendo vencimentos e vantagens fixas de pessoal civil, obrigações e contribuições patronais, bem como auxílio-alimentação e outros auxílios financeiros a pessoas físicas e despesas decorrentes de decisões judiciais.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/257/pl_4433.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/257/pl_4433.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.433, de 04 de setembro de 2025, autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 97.682,25 (noventa e sete mil, seiscentos e oitenta e dois reais e vinte e cinco centavos). Destina-se a reforço de dotação orçamentária para acobertar despesas com a folha de pagamento, em vencimentos e vantagens fixas, dos profissionais da Vigilância Epidemiológica e Sanitária.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/233/pl_4.435.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/233/pl_4.435.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.435 de 09 de setembro de 2025, que "Dispõe sobre a proibição da execução de músicas com letras de conteúdo sexual, pornográfico,_x000D_
 obsceno ou que façam apologia ao uso de drogas ilícitas em eventos e atividades realizados nas escolas públicas e privadas no âmbito do Município de Jaru/RO."</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/234/pl_4.436.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/234/pl_4.436.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.436 de 09 de setembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por anulação de dotação orçamentária_x000D_
 no valor de R$ 21.998,00 (vinte e um mil, novecentos e noventa e oito reais), na unidade orçamentária: Fundo Municipal de Meio Ambiente e saneamento Básico para fins que especifica".</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_4.438.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_4.438.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.438 de 09 de setembro de 2025, que "Altera a Lei Municipal nº 3.047, de 29 de novembro de 2021, que dispõe sobre a Procuradoria_x000D_
 Geral do Município e dá outras providências."</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_4.439.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_4.439.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.439 de 09 de setembro de  2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de_x000D_
 R$ 1.105.000,00 (um milhão e cento e cinco mil reais), na unidade orçamentária: Fundo Municipal de  Educação, para fins que especifica".</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_4.440.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_4.440.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.440 de 09 de setembro de  2025, que "Dispõe sobre abertura de crédito adicional suplementar por anulação de dotação orçamentária_x000D_
 no valor de R$ 40.000,00 (quarenta mil reais) na unidade orçamentária: Fundo Municipal de Educação, para os fins que especifica.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/238/pl_4.441.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/238/pl_4.441.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.441 de 11 de setembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de_x000D_
 R$ 723.337,41 (setecentos e vinte e três mil, trezentos e trinta e sete reais e quarenta e um centavos), na unidade orçamentária: Secretaria Municipal de Esporte, Cultura, Lazer e Turismo e Secretaria Municipal de Planejamento, Cidade e Desenvolvimento Econômico, para fins que especifica.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/239/pl_4.442.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/239/pl_4.442.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.442 de 11 de setembro de 2025, que "Institui o Imposto Predial e Territorial Urbano de caráter ecológico IPTU Ecológico, no âmbito do_x000D_
 Município de Jaru/RO, estabelece critérios para sua concessão e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_4.445.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_4.445.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.445 de 16 de setembro de 2025, que "Dispõe sobre abertura de crédito adicional especial por excesso de arrecadação no valor de R$_x000D_
 52.718,92 (cinquenta e dois mil, setecentos e dezoito reais e noventa e dois centavos), na unidade orçamentária: Secretaria Municipal de Esporte, Cultura, Lazer e Turismo, para fins que especifica</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_4.447.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_4.447.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.447 de 17 de setembro de 2025, que "Altera a Lei Municipal nº 3.903, de 21 de janeiro de 2025, que dispõe sobre a reestruturação do_x000D_
 regime próprio de previdência social dos servidores do Município de Jaru/RO, e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/242/pl_4.448.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/242/pl_4.448.pdf</t>
   </si>
   <si>
     <t>projeto de lei nº 4.448 de 17 de setembro de 2025, que "Dispõe sobre abertura de crédito adicional especial por excesso de arrecadação no valor de R$_x000D_
 2.833.187,23 (dois milhões, oitocentos e trinta e três mil, cento e oitenta e sete reais e vinte e três centavos), na Unidade Orçamentaria: Secretaria Municipal de Infraestrutura e Serviços Públicos para fins que especifica.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/243/pl_4.449.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/243/pl_4.449.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.449, de 18 de setembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 127.738,80 (cento e vinte e sete mil, setecentos e trinta e oito reais e oitenta centavos). Destina-se acobertar despesas com vencimentos e vantagens fixas - pessoal civil.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/244/pl_4.450.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/244/pl_4.450.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.450, de 18 de setembro de 2025, de autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, no valor de R$ 3.960.000,00 (três milhões e novecentos e sessenta mil reais). Tem por objetivo a Pavimentação Asfáltica em Vias Urbanas no Município de Jaru/RO.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/245/pl_4.451.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/245/pl_4.451.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.451, de 18 de setembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, no valor de R$ 1.188.000,00 (um milhão e cento e oitenta e oito mil reais). Tem como finalidade a construção de ponte mista de aço e concreto, localizada na Linha 608, no Km 17,8, na zona rural.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/246/pl_4.452.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/246/pl_4.452.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.452, de 18 de setembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, no valor de R$ 1.287.000,00 (um milhão e duzentos e oitenta e sete mil reais). Destina-se a ampliação e reforma do centro comercial urbano do Município de Jaru.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/258/pl_4453.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/258/pl_4453.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.453, de 19 de setembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 648.000,00 (seiscentos e quarenta e oito mil reais). Aquisição de Equipamento e Material permanente, objetivando adquirir veículo (Aquisição de dois veículos tipo ambulância Tipo B), que atenderá o Hospital Municipal Sandoval de Araújo Dantas.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/259/pl_4456.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/259/pl_4456.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.456, de 25 de setembro de 2025, de autoria do Poder Executivo que Autoriza abertura de crédito adicional especial por superávit financeiro, crédito no valor de R$ 767.425,00 (setecentos e sessenta e sete mil e quatrocentos e vinte e cinco reais). Destina-se ao repasse a Associação Escola Família Agrícola de Jaru (AEFAJAR), visando construção e ampliação na Escola Família Agrícola Dom Antônio Possamai, instituição de ensino voltada à formação técnica e prática de jovens e adolescentes do meio rural.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/260/pl_4457.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/260/pl_4457.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.457, de 25 de setembro de 2025, de autoria do Poder Executivo que _x000D_
 Autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 249.387,62 (duzentos e quarenta e nove mil, trezentos e oitenta e sete reais e sessenta e dois centavos). Será destinado a despesas referentes à obra do Teatro Municipal.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_4458.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_4458.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.458, de 25 de setembro de 2025, de autoria do Poder Executivo que Dispõe sobre a denominação da Escola Municipal de Educação Infantil e Fundamental Bom Jesus, no Distrito de Bom Jesus, que passa a chamar-se Escola Municipal de Educação Infantil e Fundamental Florisvaldo Simões de Oliveira. (Votação Nominal).</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_4459.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_4459.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.459, de 26 de setembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 20.000,00 (vinte mil reais). Acobertar despesas com serviços de terceiros referente aos serviços de sondagem rotativa, atendendo demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_4461.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_4461.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.461, de 02 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 209.861,30 (duzentos e nove mil, oitocentos e sessenta e um reais e trinta centavos). Destina-se a custear despesas com obras e instalações no centro de convivência do município de Jaru.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_4462.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_4462.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.462, de 02 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 18.557,52 (dezoito mil, quinhentos e cinquenta e sete reais e cinquenta e dois centavos).  Será destinado para custeio de despesas com diárias da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_4463.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_4463.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.463, de 02 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 409.513,58 (quatrocentos e nove mil, quinhentos e treze reais e cinquenta e oito centavos).  Destina-se a reforço de dotação orçamentaria para acobertar despesas com aquisição de material de consumo, material permanente, serviços de tecnologia da informação e material, bem ou serviço para distribuição gratuita.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_4464.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_4464.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.464, de 02 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 85.000,00 (oitenta e cinco mil reais). Destina-se acobertar despesas com reforma da quadra da Escola Maria de Lourdes.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/271/pl_4465.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/271/pl_4465.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.465, de 06 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 500.000,00 (quinhentos mil reais). Destina-se à despesas com materiais de consumo tais como medicamentos, material penso, produtos de limpeza e higiene, combustível, alimentos, entre outros. Os recursos também serão empregados em outros serviços de terceiros pessoa jurídica, necessários para complementar a rede assistencial e outras despesas de pessoal decorrentes de contratos de terceirização para atender a Atenção Primária em Saúde.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_4466.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_4466.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.466, de 07 de outubro de 2025, de autoria do Poder Executivo que abertura de crédito adicional suplementar por anulação de dotação orçamentária, crédito no valor de R$ 15.500,00 (quinze mil e quinhentos reais). Visa acobertar despesas com auxílio - transporte.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/273/pl_4467.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/273/pl_4467.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.467, de 07 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 594.000,00 (quinhentos e noventa e quatro mil reais). Visando a Construção de Quadra Poliesportiva e revitalização da praça de esporte para melhoria do espaço esportivo no Bairro Jardim Primavera, no município de Jaru.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_4468.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_4468.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.468, de 08 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 198.000,00 (cento e noventa e oito mil reais). Será destinado a Associação Agrorural de Jaru visto apoiar a realização de evento cultural e esportivo de rodeio e atividades correlatas, conforme plano de trabalho previamente aprovado.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/275/pl_4469.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/275/pl_4469.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.469, de 08 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo Municipal a destinar recursos financeiros à Associação Agrorural de Jaru AGROJARU e dá outras providências.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/277/pl_4470.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/277/pl_4470.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.470, de 08 de outubro de 2025, de autoria do Poder Executivo que Dispõe sobre a desvinculação parcial de receitas oriundas da Contribuição para Custeio do Serviço de Iluminação Pública COSIP, no âmbito do Município de Jaru/RO, e dá outras providências.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/278/pl_4471.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/278/pl_4471.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.471, de 08 de outubro de 2025, de autoria do Poder Executivo que autoriza abertura de crédito adicional suplementar por superávit financeiro, crédito no valor de R$ 294.004,55 (duzentos e noventa e quatro mil, quatro reais e cinquenta e cinco centavos). Visa acobertar despesas com pessoal (vencimentos e vantagens Fixas, obrigações patronais, ressarcimento de despesas de pessoal requisitado) atendendo demandas de folha de pagamento do Jaru-Previ.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/337/pl_4472.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/337/pl_4472.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.472, de 13 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 150.000,00 (cento e cinquenta mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas com aquisição de combustível para execução das atividades da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/338/pl_4473.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/338/pl_4473.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.473, de 14 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, R$ 1.042.023,28 (um milhão, quarenta e dois mil, vinte e três reais e vinte e oito centavos). Será utilizado exclusivamente para cobrir despesas com a contratação de serviços de empresas, garantindo assim a boa execução das ações da Secretaria de Esporte, Cultura, Lazer e Turismo.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/339/pl_4474.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/339/pl_4474.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.474, de 14 de outubro de 2025, de autoria do Poder Executivo que autoriza a abertura de crédito adicional suplementar por anulação de dotação orçamentária, crédito no valor de R$ 40.500,00 (quarenta mil e quinhentos reais).  Visa acobertar despesas com realização da solenidade de formatura dos alunos do Pré-Escolar da Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/340/pl_4475.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/340/pl_4475.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.475, de 16 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 183.672,90 (cento e oitenta e três mil, seiscentos e setenta e dois reais e noventa centavos).  Destina-se a aquisição de equipamentos e material permanente, tais como computadores e monitores.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/341/pl_4476.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/341/pl_4476.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.476, de 16 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 500.000,00 (quinhentos mil reais). Destina-se à outros serviços de terceiros - pessoa jurídica, para cobrir despesas imprescindíveis à manutenção e continuidade da assistência hospitalar e ambulatorial, para manutenção predial contínua, suporte técnico - operacional e serviços terceirizados indispensáveis, entre outros, necessários para complementar a rede assistencial.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/342/pl_4477.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/342/pl_4477.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.477, de 16 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 440.000,00 (quatrocentos e quarenta mil reais). Destina-se aquisição de equipamentos necessários para execução da ação de implantação de unidade de triagem de resíduos sólidos.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.478, de 17 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 20.000,00 (vinte mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com indenizações e restituições trabalhistas.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.479, de 20 de outubro de 2025, de autoria do Poder Executivo que  autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar no valor de  R$ 166.060,00 (cento e sessenta e seis mil e sessenta reais). Destina-se a custear despesas com outros auxílios financeiros a pessoa física, necessários para complementar a rede assistencial no âmbito da Atenção Especializada à Saúde.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/345/pl_4480.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/345/pl_4480.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.480, de 23 de outubro de 2025, de autoria do Poder Executivo que Dispõe sobre a obrigatoriedade da concessionária distribuidora de Energia em observar as normas técnicas aplicáveis à ocupação do espaço público do Município de Jaru, mediante a retirada dos fios e cabos inutilizados instalados em postes, e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/346/pl_4481.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/346/pl_4481.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.481, de 24 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 67.500,00 (sessenta e sete mil e quinhentos reais). Será destinado para acobertar despesa de pessoal (Vencimentos e Vantagens Fixas - Pessoal Civil), atendendo demandas da Atenção Primária a Saúde.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/347/pl_4482.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/347/pl_4482.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.482, de 24 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 109.404,65 (cento e nove mil, quatrocentos e quatro reais e sessenta e cinco centavos). Tem por finalidade o reforço de dotação orçamentária destinada à cobertura de despesas relacionadas à realização do evento Aniversário de Jaru, referentes à contratação de serviços de terceiros pessoa jurídica e à aquisição de material de consumo, considerados indispensáveis às atividades técnicas e operacionais necessárias à estruturação do evento.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/348/pl_4483.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/348/pl_4483.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.483, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 2.000.000,00 (dois milhões de reais). Destina-se a custear despesas com materiais de consumo, incluindo medicamentos, materiais de curativo, produtos de limpeza e higiene, combustíveis e gêneros alimentícios. Os recursos também serão aplicados na contratação de serviços de terceiros pessoa jurídica essenciais ao fortalecimento e à complementação da rede assistencial. Além disso, parte dos recursos será destinada ao pagamento de outras despesas de pessoal decorrentes de contratos de terceirização para o custeio de Plantões Excepcionais no âmbito da Atenção Primária à Saúde.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/349/pl_4484.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/349/pl_4484.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.484, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional, crédito no valor de R$ 5.821.739,00 (cinco milhões, oitocentos e vinte e um mil e setecentos e trinta e nove reais). Destina a reforço de dotação para acobertar despesas com outros serviços de terceiros - pessoa jurídica, material de consumo (medicamentos, material penso, produtos de limpeza e higiene, combustível, alimentos, entre outros), outras despesas de pessoal decorrentes de contratos de terceirização atendendo demandas da unidade de Atenção Especializada e Hospitalar.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/350/pl_4485.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/350/pl_4485.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.485, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 498.021,66 (quatrocentos e noventa e oito mil, vinte e um reais e sessenta e seis centavos). Destina-se a reforço de dotação orçamentária para acobertar despesas indenizações e restituições trabalhistas e contribuições patronais.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/351/pl_4486.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/351/pl_4486.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.486, de 28 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, crédito no valor de R$ 20.000,00 (vinte mil reais). Destina-se a contrapartida referente a aquisição de veículo (Aquisição de dois veículos tipo ambulância, Tipo B) destinado ao Hospital Municipal Sandoval de Araujo Dantas.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/352/pl_4488.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/352/pl_4488.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.488, de 29 de outubro de 2025, de autoria do Poder Executivo que Denomina de "Praça Dom Pedro I Sebastião Dias de Almeida" o espaço público localizado na Avenida Dom Pedro I, entre a Avenida Brasil e a Rua João de Albuquerque, e revoga a Lei Municipal nº 2.360/GP/2018.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/353/pl_4489.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/353/pl_4489.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.489, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 400.000,00 (quatrocentos mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas com vencimentos e vantagens fixas, indenizações e restituições trabalhistas bem ou serviço para distribuição gratuita.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/354/pl_4490.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/354/pl_4490.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.490, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, crédito no valor de R$ 212.042,94 (duzentos e doze mil, quarenta e dois reais e noventa e quatro centavos). Visa reforçar dotação para acobertar despesas com aquisição de kits escolares, atendendo demandas do Fundo Municipal de Educação.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/355/pl_4491.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/355/pl_4491.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.491, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, R$ 139.754,00 (cento e trinta e nove mil e setecentos e cinquenta e quatro reais). Destina-se a acobertar despesas com a reforma da quadra da Escola Jean Carlos Muniz.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/356/pl_4492.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/356/pl_4492.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.492, de 29 de outubro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional especial, R$ 205.392,50 (duzentos e cinco mil, trezentos e noventa e dois reais e cinquenta centavos). Destina-se a reforço de dotação orçamentária para acobertar despesas com iluminação pública na execução do projeto de pavimentação na linha 605, atendendo demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/358/pl_4495.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/358/pl_4495.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.495 de 06 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por anulação de dotação orçamentária_x000D_
 no valor de R$ 28.000,00 (vinte e oito mil reais), na unidade orçamentária: Fundo Municipal de Educação, para fins que especifica".</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/359/pl_4496.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/359/pl_4496.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.496 de 06 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de_x000D_
 R$ 300.000,00 (trezentos mil reais) na Unidade Orçamentaria: Secretaria Municipal de Infraestrutura e Serviços Públicos, para fins que especifica.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/360/pl_4497.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/360/pl_4497.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.497 de 06 de novembro de 2025, que "Autoriza o Poder Executivo Municipal a contratar operação de crédito com a Caixa Econômica_x000D_
 Federal e dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/415/pl_4498.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/415/pl_4498.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.498, de 06 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.665.000,00 (um milhão e seiscentos e sessenta e cinco mil reais). Destina-se à despesas com à folha de pagamento dos profissionais da educação básica.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/416/pl_4499.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/416/pl_4499.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.499, de 11 de novembro de 2025, de autoria do Poder Executivo, abertura de crédito adicional suplementar por anulação de dotação orçamentária, no valor de R$ 373.659,57 (trezentos e setenta e três mil, seiscentos e cinquenta e nove reais e cinquenta e sete centavos). Visa acobertar despesas com folha de pagamento (Vencimentos e Vantagens Fixas - Pessoal Civil, Auxílio - Transporte, Auxílio - Alimentação, Outros Auxílios Financeiros a Pessoa Físicas).</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/417/pl_4500.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/417/pl_4500.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.500, de 11 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.025.000,00 (um milhão e vinte e cinco mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com folha de pagamento, visando acobertar Vencimentos e Vantagens Fixas - Pessoal Civil, dos profissionais da Atenção Especializada e Hospitalar.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/418/pl_4501.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/418/pl_4501.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.501, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 10.000,00 (dez mil reais). Visa acobertar despesas com contribuições patronais, auxílio - alimentação e outros auxílios financeiros a pessoas físicas.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/419/pl_4502.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/419/pl_4502.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.502, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 600.000,00 (seiscentos mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas com a aquisição de terreno para ampliação da Escola Municipal de Educação Infantil Professora Zenir Carvalho.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/420/pl_4503.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/420/pl_4503.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.503, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 95.900,00 (noventa e cinco mil e novecentos reais). Destinada à cobertura de despesas relacionadas à Vencimentos e Vantagens Fixas - Pessoal Civil, bem como com energia elétrica e abastecimento de água.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/421/pl_4504.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/421/pl_4504.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.504, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.731.000,00 (um milhão e setecentos e trinta e um mil reais). Destina-se a reforço de dotação orçamentaria para acobertar despesas de pessoal (vencimentos e vantagens fixas - pessoal civil, obrigações patronais e contribuições patronais) da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/422/pl_4505.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/422/pl_4505.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.505, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 69.293,47 (sessenta e nove mil, duzentos e noventa e três reais e quarenta e sete centavos).  Será destinado a acobertar despesas relacionadas a cantata natalina sendo necessária aquisição de materiais e contratação de serviços para execução do evento, no âmbito da Secretaria Municipal de Esporte, Cultura, Lazer e Turismo.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/423/pl_4506.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/423/pl_4506.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.506, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 2.462.500,00 (dois milhões, quatrocentos e sessenta e dois mil e quinhentos reais).  Será destinado a acobertar despesas de folha de pagamento (Vencimentos e Vantagens Fixas - Pessoal Civil, Obrigações Patronais, Contribuições Patronais, Outros Auxílios Financeiros a Pessoas Físicas, auxílio-alimentação, auxílio-transporte, Indenizações e Restituições Trabalhistas).</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/424/pl_4507.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/424/pl_4507.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.507, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 914.134,89 (novecentos e quatorze mil, cento e trinta e quatro reais e oitenta e nove centavos).  Destina-se a reforço de dotação orçamentaria para acobertar despesas de pessoal (vencimentos e vantagens fixas - pessoal civil) dos servidores da Secretaria Municipal de Administração, Finanças e Orçamento.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/425/pl_4508.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/425/pl_4508.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.508, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 650.000,00 (seiscentos e cinquenta mil reais).  Destina-se a custear despesas com Plantões Excepcionais no âmbito da Atenção Especializada e Hospitalar.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/426/pl_4509.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/426/pl_4509.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.509, de 12 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 9.042,95 (nove mil, quarenta e dois reais e noventa e cinco centavos).  Destina-se a reforço de dotação orçamentária para acobertar despesas com Diárias Civil, dos profissionais da Atenção Especializada e Hospitalar.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/427/pl_4510.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/427/pl_4510.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.510, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 2.000,00 (dois mil reais). Destina-se a reforço de dotação orçamentária para acobertar despesas com pagamento de impostos, taxas e contribuições, garantindo o cumprimento das obrigações legais e a manutenção da regularidade fiscal no âmbito Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/428/pl_4511.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/428/pl_4511.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.511, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 7.700,00 (sete mil e setecentos reais). Aquisição de materiais de consumo, materiais gráficos e materiais para construção, bem como pagamento de serviços de pessoa física relativos ao aluguel do mês de dezembro do galpão utilizado para armazenamento dos arquivos da Secretaria Municipal de Administração, Finanças e Orçamento (SEMAFO).</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/429/pl_4512.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/429/pl_4512.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.512, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza abertura de crédito adicional suplementar por superávit financeiro, no valor de R$ 22.130,56 (vinte e dois mil, cento e trinta reais e cinquenta e seis centavos). Destina - se a aquisição de Material de Consumo tais como (brita, pó de brita, pedrisco e pedra rachão) para atender as demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/430/pl_4513.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/430/pl_4513.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.513, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza abertura de crédito adicional suplementar por superávit financeiro, no valor de R$ 14.714,93 (quatorze mil, setecentos e quatorze reais e noventa e três centavos). Destina - se a aquisição de Material de Consumo tais como (brita, pó de brita, pedrisco e pedra rachão) para atender as demandas da Secretaria Municipal de Infraestrutura e Serviços Públicos.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_4514.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_4514.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.514, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 1.973,55 (mil, novecentos e setenta e três reais e cinquenta e cinco centavos). Visa reforço de dotação orçamentária para aquisição de insumos para pavimentação asfáltica.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_4515.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_4515.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.515, de 13 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor de R$ 319,67 (trezentos e dezenove reais e sessenta e sete centavos). Visa reforço de dotação orçamentária para aquisição de insumos para pavimentação asfáltica.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_4516.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_4516.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 4.516, de 14 de novembro de 2025, de autoria do Poder Executivo que autoriza o Poder Executivo abrir no orçamento vigente crédito adicional suplementar, no valor R$ 85.233,79 (oitenta e cinco mil, duzentos e trinta e três reais e setenta e nove centavos). Para acobertar despesas com obras e instalações para construção de galeria tipo de bueiro triplo celular de concreto para atender demandas da secretaria municipal de infraestrutura e serviços públicos.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/459/pl_4517.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/459/pl_4517.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.517 de 17 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional suplementar por excesso de arrecadação no valor de R$ 581.763,60 (quinhentos e oitenta e um mil, setecentos e sessenta e três reais e sessenta centavos) na Unidade Orçamentaria: Secretaria Municipal de_x000D_
 Infraestrutura e Serviços Públicos, para fins que especifica".</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/478/pl_4518.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/478/pl_4518.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 4.518 de 18 de novembro de 2025, que "Dispõe sobre abertura de crédito adicional especial por excesso de arrecadação no valor de R$ 431.664,04 (quatrocentos e trinta e um mil, seiscentos e sessenta e quatro reais e quatro centavos), na Unidade Orçamentaria: Secretaria Municipal de_x000D_
 Infraestrutura e Serviços Públicos para fins que especifica".</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 399, DE 19 DE AGOSTO DE 2025, Dispõe sobre a concessão de honrarias no âmbito da Câmara Municipal de Jaru/RO, estabelecendo critérios, limites e vedações, e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Celiandro Marrom</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pr_401_-_fernando_maximo_-_celiandro.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pr_401_-_fernando_maximo_-_celiandro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 401/CMJ/2025, Concede o Título de Cidadão Honorário do Município de Jaru/RO ao Deputado Federal Fernando Máximo.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 402, de 07 de outubro de 2025, de autoria da Mesa Diretora que autoriza a baixa de bens patrimoniais inservíveis ao Poder Legislativo, bem como a entrega dos mesmos ao Poder Executivo Municipal e, dá outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/cmj_ata-1_-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/cmj_ata-1_-1_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 01ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/cmj_ata-2_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/cmj_ata-2_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 02ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/cmj_ata-03_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/cmj_ata-03_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 03ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/cmj_ata-4_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/cmj_ata-4_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 04ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/cmj_ata-5_-2_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/cmj_ata-5_-2_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 05ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/cmj_ata-6_-2_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/cmj_ata-6_-2_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 06ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/cmj_ata-7_-2_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/cmj_ata-7_-2_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 07ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/cmj_ata-8_-1_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/cmj_ata-8_-1_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 08ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/cmj_ata-9_-3_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/cmj_ata-9_-3_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 09ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/cmj_ata-10_-2_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/cmj_ata-10_-2_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 10ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/cmj_ata-11_-3_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/cmj_ata-11_-3_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 11ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/cmj_ata-12_-2_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/cmj_ata-12_-2_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 12ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/cmj_ata-13_-2_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/cmj_ata-13_-2_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 13ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/ata-14_-2_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/ata-14_-2_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 14ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/ata-15_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/ata-15_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 15ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/ata-16_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/ata-16_4.pdf</t>
   </si>
   <si>
     <t>DA 16ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/cmj_ata-17_-1_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/cmj_ata-17_-1_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 17ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/cmj_ata-18_-2_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/cmj_ata-18_-2_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 18ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/cmj_ata-19_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/cmj_ata-19_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/cmj_ata-20_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/cmj_ata-20_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 20ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 21 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 22 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 23 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/cmj_ata-24_-2_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/cmj_ata-24_-2_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 24 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/cmj_ata-25_-3_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/cmj_ata-25_-3_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 25 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>ATA DA 26ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf</t>
   </si>
   <si>
     <t>ATA DA 27 ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf</t>
   </si>
   <si>
     <t>ATA DA 28ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/cmj_ata-29_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/cmj_ata-29_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 29ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>ATA DA 30ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/cmj_ata-31_-1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/cmj_ata-31_-1.pdf</t>
   </si>
   <si>
     <t>ATA DA 31ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/cmj_ata-32_-6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/cmj_ata-32_-6.pdf</t>
   </si>
   <si>
     <t>A1T.A DA 32ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>ATA DA 33ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA_x000D_
 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/cmj_ata-34_-2_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/cmj_ata-34_-2_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 34ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/cmj_ata-35_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/cmj_ata-35_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 35ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/cmj_ata-36_-2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/cmj_ata-36_-2.pdf</t>
   </si>
   <si>
     <t>ATA DA 36ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/cmj_ata-37_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/cmj_ata-37_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 37ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/cmj_ata-38.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/cmj_ata-38.pdf</t>
   </si>
   <si>
     <t>ATA DA 38ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/cmj_ata-39_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/cmj_ata-39_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 39ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SEÇÃO LEGISLATIVA, DA 11ª_x000D_
 LEGISLATURA.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>ASE</t>
   </si>
   <si>
     <t>Ata da Sessão Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1123/cmj_ata-2_5.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1123/cmj_ata-2_5.pdf</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/cmj_ata-3_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/cmj_ata-3_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/cmj_ata-4_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/cmj_ata-4_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/cmj_ata-5_4_-_copia.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/cmj_ata-5_4_-_copia.pdf</t>
   </si>
   <si>
     <t>ATA DA 5ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/cmj_ata-6_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/cmj_ata-6_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 6ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/cmj_ata-7_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/cmj_ata-7_4.pdf</t>
   </si>
   <si>
     <t>ATA DA 7ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/cmj_ata-8_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/cmj_ata-8_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 8ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/cmj_ata-9_-2_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/cmj_ata-9_-2_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 9ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/cmj_ata-10_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/cmj_ata-10_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 10ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/cmj_ata-11_-4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/cmj_ata-11_-4.pdf</t>
   </si>
   <si>
     <t>ATA DA 11ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/cmj_ata-12_5.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/cmj_ata-12_5.pdf</t>
   </si>
   <si>
     <t>ATA DA 12ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/01-cmj_ata-13_-1_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/01-cmj_ata-13_-1_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 13ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/cmj_ata-14_-1_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/cmj_ata-14_-1_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 14ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/cmj_ata-15_-2_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/cmj_ata-15_-2_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 15ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/cmj_ata-16_-2_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/cmj_ata-16_-2_2.pdf</t>
   </si>
   <si>
     <t>Ata da 16ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/ata-17_-1_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/ata-17_-1_3.pdf</t>
   </si>
   <si>
     <t>Ata da 17ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>Ata da 18ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/ata-19_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/ata-19_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/cmj_ata-20_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/cmj_ata-20_4.pdf</t>
   </si>
   <si>
     <t>DA 20ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA_x000D_
 11ª LEGISLATURA.</t>
   </si>
   <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1171/cmj_ata-21_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 21ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1172/cmj_ata-22_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 22ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1173/cmj_ata-23_-2_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 23ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf</t>
   </si>
   <si>
     <t>Ata da 24ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf</t>
   </si>
   <si>
     <t>Ata da 25ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª_x000D_
 legislatura.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 26ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/cmj_ata-28_-1_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/cmj_ata-28_-1_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 28 ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/cmj_ata-29_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/cmj_ata-29_2.pdf</t>
   </si>
   <si>
     <t>Ata da 29ª Sessão Extraordinária da Câmara Municipal de Jaru/RO, da 1ª sessão legislativa, da 11ª legislatura.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/ata-30_-2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/ata-30_-2.pdf</t>
   </si>
   <si>
     <t>ATA DA 30ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/cmj_ata-31_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/cmj_ata-31_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 31ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/cmj_ata-32_-5.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/cmj_ata-32_-5.pdf</t>
   </si>
   <si>
     <t>ATA DA 32ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/cmj_ata-33_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/cmj_ata-33_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 33ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/cmj_ata-34_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/cmj_ata-34_3.pdf</t>
   </si>
   <si>
     <t>ATA DA 34ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/cmj_ata-35_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/cmj_ata-35_2.pdf</t>
   </si>
   <si>
     <t>ATA DA 35ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1174/cmj_ata-36_-1_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 36ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1175/cmj_ata-37_1.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 37ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1176/cmj_ata-38.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 38ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1177/cmj_ata-39.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 40ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1178/cmj_ata-40_2.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 40ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
+DA 11ª LEGISLATURA.</t>
+  </si>
+  <si>
     <t>1072</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/cmj_ata-41_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/cmj_ata-41_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 41ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/cmj_ata-42_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/cmj_ata-42_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 42ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/cmj_ata-43_1.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/cmj_ata-43_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 43ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/cmj_ata-44.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/cmj_ata-44.pdf</t>
   </si>
   <si>
     <t>ATA DA 44ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1064/cmj_ata-45.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1064/cmj_ata-45.pdf</t>
   </si>
   <si>
     <t>DA 45ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA, DA_x000D_
 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/cmj_ata-46.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/cmj_ata-46.pdf</t>
   </si>
   <si>
     <t>ATA DA 46 ª SESSÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL DE JARU/RO, DA 1ª SESSÃO LEGISLATIVA,_x000D_
 DA 11ª LEGISLATURA.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>LPSO</t>
   </si>
   <si>
     <t>Lista de Presença da Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lista_1a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lista_1a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Lista de Presença Sessão Ordinária.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lista_2a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lista_2a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Lista de Presença Sessão Ordinária</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/lista_4a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/lista_4a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/lista_5a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/lista_5a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/lista_6a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/lista_6a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/lista_7a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/lista_7a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/lista_8a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/lista_8a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/lista_9a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/lista_9a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/lista_de_presenca_10a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/lista_de_presenca_10a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/lista_11a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/lista_11a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/lista_12a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/lista_12a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/lista_13a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/lista_13a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/lista_de_presenca_da_14a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/lista_de_presenca_da_14a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/lista_15a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/lista_15a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/lista_de_presenca_16a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/lista_de_presenca_16a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/lista_de_presenca_na_17_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/lista_de_presenca_na_17_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/lista_19a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/lista_19a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1164/lista_20a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1164/lista_20a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/lista_de_presenca_22.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/lista_de_presenca_22.pdf</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/lista_de_presenca_23.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/lista_de_presenca_23.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1170/lista_de_presenca_da_25a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1170/lista_de_presenca_da_25a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1185/lista_de_presenca_26a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Lista de presença Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1186/lista_27a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1187/lista_28a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1188/lista_29a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1189/lista_30a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1190/lista_31a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1191/lista_32a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1192/lista_33a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1193/lista_34a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1194/lista_35a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1195/lista_36a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1196/lista_37a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1197/lista_38a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>LPSE</t>
+  </si>
+  <si>
+    <t>Lista de Presença da Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1198/sessao_extraordinaria_1.pdf</t>
+  </si>
+  <si>
+    <t>Lista de presença Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1199/2_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1200/3_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1201/4_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1202/5_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1203/6_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1204/7_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1206/9_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1207/10_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1208/11_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1209/lista_de_presenca_12a_sessao__extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1210/13_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1211/14_sessao_extrordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1212/15_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/16_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1214/lista_de_presenca_da_17a_sessao_extraordinaria..pdf</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1215/18_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1216/lista_de_presenca_da_19_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1217/lista_de_presenca_da_20a_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1218/21_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1220/23_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1221/lista_de_presenca_da_24a_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1222/25_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1223/lista_de_presenca_da_26a_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/lista_de_presenca_27.pdf</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1225/lista_de_presenca_da_28a_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/lista_de_presenca_da_29a_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/lista_de_presenca_da_30a_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1228/lista_de_presenca_31a_sessao_extraordinaria_1.pdf</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1229/32_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1230/33_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1231/34_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1232/35_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1233/36_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/37_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1235/38_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1236/39_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1237/40_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1238/41_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1239/42_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1240/43_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1241/44_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1242/45_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1243/46_sessao_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>ODO</t>
+  </si>
+  <si>
+    <t>Ordem do Dia da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Ordem do Dia da 1ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1251/cmj_ordem_do_dia-2_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 02ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1252/cmj_ordem_do_dia-3_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 03ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1253/cmj_ordem_do_dia-4_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 04ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1254/cmj_ordem_do_dia-5_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 05ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1255/cmj_ordem_do_dia-6_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 06ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1256/cmj_ordem_do_dia-7_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 07ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1257/cmj_ordem_do_dia-8.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 08ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 09ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1259/cmj_ordem_do_dia-10_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 10ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1260/cmj_ordem_do_dia-11_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 11ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1261/cmj_ordem_do_dia-12_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 12ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1262/cmj_ordem_do_dia-13.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 13ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1263/ordem_do_dia_da_14a_sessao_ordinaria_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 14ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1264/cmj_ordem_do_dia-15_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 15ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1265/cmj_ordem_do_dia-16_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 16ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1266/cmj_ordem_do_dia-17_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 17ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1267/cmj_ordem_do_dia-18_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 18ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1268/cmj_ordem_do_dia-19_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 19ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1269/cmj_ordem_do_dia-20_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 20ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1270/cmj_ordem_do_dia-21_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 21ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1271/cmj_ordem_do_dia-22_-3.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 22ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1272/cmj_ordem_do_dia-23.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 23ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 24ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1274/cmj_ordem_do_dia-25_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 25ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1275/cmj_ordem_do_dia-26_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 26ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1276/cmj_ordem_do_dia-27_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 27ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1277/cmj_ordem_do_dia-28_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 28ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1278/cmj_ordem_do_dia-29_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 29ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1279/cmj_ordem_do_dia-30_-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 30ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1280/cmj_ordem_do_dia-31_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 31ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1281/cmj_ordem_do_dia-32_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 32ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1282/cmj_ordem_do_dia-33_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 33ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1283/cmj_ordem_do_dia-34_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 34ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1284/cmj_ordem_do_dia-35_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 35ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1285/cmj_ordem_do_dia-36_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia - 36ª Sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>ODSE</t>
+  </si>
+  <si>
+    <t>Ordem do Dia da Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1288/cmj_ordem_do_dia-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 1ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1289/cmj_ordem_do_dia-2.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 2ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1290/cmj_ordem_do_dia-3.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 3ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1291/cmj_ordem_do_dia-4.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 4ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1292/cmj_ordem_do_dia-5.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 5ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1293/cmj_ordem_do_dia-6.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 6ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1294/cmj_ordem_do_dia-7_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 7ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 8ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1296/cmj_ordem_do_dia-9.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 9ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1297/cmj_ordem_do_dia-10.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 10ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 11ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1299/cmj_ordem_do_dia-12.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 12ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1300/cmj_ordem_do_dia-13_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 13ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1301/cmj_ordem_do_dia-14.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 14ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1302/cmj_ordem_do_dia-15.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 15ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1303/cmj_ordem_do_dia-16.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 16ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1304/ordem_do_dia_da_17a_sessao_extraordinaria_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 17ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1305/cmj_ordem_do_dia-18.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 18ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1306/cmj_ordem_do_dia-19.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 19ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1307/cmj_ordem_do_dia-20.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 20ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1308/cmj_ordem_do_dia-21.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 21ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1309/cmj_ordem_do_dia-22.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 22ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1310/cmj_ata-23_-1.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 23ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1311/cmj_ordem_do_dia-24.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 24ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1312/cmj_ordem_do_dia-25.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 25ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1313/cmj_ordem_do_dia-26.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 26ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1314/cmj_ordem_do_dia-27.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 27ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1315/cmj_ordem_do_dia-28.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 28ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1316/cmj_ordem_do_dia-29.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 29ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1317/cmj_ordem_do_dia-30.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 30ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1318/cmj_ordem_do_dia-31.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 31ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1319/cmj_ordem_do_dia-32.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 32ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1320/cmj_ordem_do_dia-33.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 33ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1321/cmj_ordem_do_dia-34.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 34ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1322/cmj_ordem_do_dia-35.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 35ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1323/cmj_ordem_do_dia-36.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 36ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 37ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1325/cmj_ordem_do_dia-38.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 38ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1326/39a_ses_extraordinaria_-2025.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 39ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1327/cmj_ordem_do_dia-40.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 40ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1328/cmj_ordem_do_dia-41.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 41ª Sessão Extraordinária.</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1329/cmj_ordem_do_dia-42.pdf</t>
+  </si>
+  <si>
+    <t>Ordem do Dia  - 42ª Sessão Extraordinária.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  01, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo que o Hospital da Criança leve o nome da criança Amanda Coimbra Zanella Vito”.</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  02, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo que seja feita uma faixa de pedestre em frente à Farmácia Poupe Mais, localizada no Residencial Savana Park”.</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  03, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo a substituição do playground de madeira por um de fibra na Praça do Jean”.</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  04, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo a criação de sala de acolhimento para pessoas com autismo.</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  05, de Autoria da Vereadora e Presidente  Tatiane da Saúde, “Solicita ao Chefe do Poder Executivo a pavimentação asfáltica dos seguintes ruas: Rua Sergipe, entre a rua Rio de Janeiro e Florianópolis; Rua Marechal Rondon entre a rua Mato Grosso e Raimundo Cantanhede; Rua Manoel Lacerda Ferraz, entre a rua Francisco Pantoja e Monteiro Lobato.</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  06, de Autoria da Vereadora e Presidente  Tatiane da Saúde e Vereadora Sthella de Almeida, “Solicita providencia para a implantação da sala lilás exclusivas para mulheres, crianças, adolescentes e pessoas idosas vítimas de violência no Hospital Municipal Sandoval Araújo Dantas.</t>
   </si>
   <si>
     <t>Sthella Almeida</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf</t>
   </si>
   <si>
     <t>Indicação nº  07, de Autoria da Vereadora Sthella de Almeida, “Solicita providências para a construção de paradas de ônibus escolares em pontos estratégicos de Jaru.</t>
   </si>
   <si>
     <t>Indicação nº  08, de Autoria da Vereadora Sthella de Almeida, “Solicita providencia para a implantação de uma academia ao ar livre e playground no Residencial Jardim Primavera’’.</t>
   </si>
   <si>
     <t>Schimiti Patroleiro</t>
   </si>
   <si>
     <t>Indicação nº  09, de Autoria do Vereador Schimiti Patroleiro, “Solicita ao Chefe do Poder Executivo a possibilidade para pavimentação asfáltica nas seguintes ruas:        Rua  Marcilio Dias  Jardim dos Estados,  entre a rua  Alberto Santos Dumont  e rua  07 de setembro;       Rua  Jean Carlos  entre a rua  Alberto Santos Dumont e rua  07 de setembro;     Rua 21 de Abril entre a rua Alberto Santos Dumont e rua 07 de Setembro”.</t>
   </si>
   <si>
     <t>Indicação nº  10, de Autoria do Vereador Schimiti Patroleiro, “Solicita ao Chefe do Poder Executivo que seja feita drenagem e pavimentação asfáltica  na seguinte rua: Rua Alberto Santos Dumont no Jardim dos Estados, entre a rua  Jean Carlos e a rua  21 de abril.</t>
   </si>
   <si>
     <t>Indicação nº  11, de Autoria do Vereador Schimiti Patroleiro, “Solicita ao Chefe do Poder Executivo a possibilidade para rebaixamento de Morro, retirada de curvas e cascalhamento da linha 615.</t>
   </si>
   <si>
     <t>Indicação nº  12, de Autoria do Vereador Celiandro Marrom, “Solicita ao Poder Executivo que seja instalada uma tenda para os alunos do Jardim Primavera, para que possam aguardar o ônibus escolar.</t>
   </si>
   <si>
     <t>Indicação nº  14, de Autoria do Vereador Celiandro Marrom,“ Solicita ao Chefe do  Poder Executivo que seja feita a pavimentação asfáltica da rua que liga o posto de saúde do setor 08 ao Residencial Jardim Primavera”.</t>
   </si>
   <si>
     <t>Indicação nº 15, de Autoria do Vereador Celiandro Marrom, Solicita  ao Chefe do  Poder Executivo que seja feita drenagem e pavimentação asfáltica da Rua Frei Caneca no setor 07, entre a avenida Florianópolis e a Avenida Marechal Rondon.</t>
   </si>
   <si>
     <t>Mestre Café</t>
   </si>
   <si>
     <t>Indicação nº  16, de Autoria do Vereador Mestre Café, “Solicita  ao Chefe do  Poder  Executivo que seja feita pavimentação asfáltica no final da rua Avenida Brasil, Setor 05”.</t>
   </si>
   <si>
     <t>Rafael Lopes</t>
   </si>
   <si>
     <t>Indicação nº  17, de autoria do Vereador Rafael Lopes, Solicita  ao Chefe do  Poder  Executivo que seja feita pavimentação asfáltica nas seguintes ruas: rua Imbuia - Residencial Orleans; Rua Osvaldo Cruz - setor 04; Rua Manoel Lacerda Ferraz - setor 06; Rua João Cavasin - setor 02.</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf</t>
   </si>
   <si>
     <t>Indicação nº  18, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que avalie a possibilidade de firmar convênio com o CIMCERO e ofertar vagas na casa de apoio para os pacientes de Jaru que realizam tratamento de saúde em Porto Velho - RO, por meio do SUS.’’</t>
   </si>
   <si>
     <t>Indicação nº  19, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que seja feita a aquisição e fornecimento de motocicletas para os Agentes Comunitários de Saúde (ACS) e aos Agentes de Combates às Endemias (ACE) de Jaru.’’</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº  20, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, a implantação de uma base descentralizada do Serviço de Atendimento Móvel de Urgência (SAMU) em Jaru.’’</t>
   </si>
   <si>
     <t>Indicação nº  21, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que seja implantada uma academia ao ar livre na Linha 632.’’</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf</t>
   </si>
   <si>
     <t>Indicação nº  22, de Autoria da Vereadora e Presidente Tatiane  da Saúde, “Solicita ao Chefe do Poder Executivo, que seja implantado um quebra-molas na Rua Minas Gerais, esquina com a Rua Rio Grande do Sul.’’</t>
   </si>
   <si>
     <t>Chiquinho do Cacau</t>
   </si>
   <si>
     <t>Indicação nº  23, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder Executivo, que seja implantada uma Academia ao ar livre, no Setor 08, no município de Jaru.’’</t>
   </si>
   <si>
     <t>Indicação nº  24, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder Executivo, que seja feita a manutenção das lâmpadas que estão queimadas, dentro das dependências do feirão do produtor, no município de Jaru.’’</t>
   </si>
   <si>
     <t>Indicação nº  25, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder Executivo, que a Prefeitura Municipal de Jaru, viabilize projeto de regularização fundiária da área urbana. valorizando e promovendo justiça social e econômica do setor do município.’’</t>
   </si>
   <si>
     <t>Indicação nº  26, de Autoria do Vereador  Chiquinho do Cacau, “Solicita ao Chefe do Poder executivo, que a secretaria municipal de meio ambiente, apresente plano de ação de política ambiental de proteção e manutenção do Rio Móroro do município de Jaru.’’</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Indicação nº  27, de Autoria da Vereadora Sthella de Almeida, “Solicita ao Poder Executivo providências para a sinalização de uma faixa de pedestres e placa de alerta escolar em frente à instituição de ensino CCAA, localizada na Av. Tiradentes, 1228 - St. 2.’’</t>
   </si>
@@ -2674,126 +3803,126 @@
   <si>
     <t>Indicação nº  32, de Autoria do Vereador João Paulo, “Solicita ao Poder Executivo  que seja feita a substituição de pontes de madeira para instalação de Tubo Armco na Linha 617, sendo a primeiro no Km 23 e  a segunda no Km 26’’.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Indicação nº  33, de Autoria do Vereador Rafael Lopes, “Solicita ao Poder Executivo  que seja feita pavimentação asfáltica para as seguintes ruas: Rua São Paulo - Setor 06, Rua Isaque Rassem  Setor Industrial, Rua Orlando Leite de Carvalho - Setor 02, Rua Ermano Santos -  Setor 07: trecho entre Rua Padre Chiquinho e Rua Afonso José ’’.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Vereador Celiandro Marrom: Solicita ao Poder Executivo que seja feita pavimentação das seguintes ruas: Rua Margarete Ferreira Costa no setor 08, trecho da unidade básica de saúde Marcelina Tereza de Carvalho até o residencial Jardim Primavera.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Vereador Celiandro Marrom: Solicita ao Poder Executivo que seja feito Um Centro de acolhimento de animais para a prefeitura recolher animais de rua.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/56/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/56/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  36, de Autoria da Presidente e Vereadora Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal que elabore um Projeto de Lei que institua a Carteira de Identificação da Pessoa com Fibromialgia no âmbito do Município de Jaru’’.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/57/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/57/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  37, de Autoria da Presidente e Vereadora Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal a realização de convênio entre a Secretaria Municipal de Saúde e a Clínica Odontológica da Faculdade FIMCA ’’.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/58/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/58/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  38, de Autoria da Presidente e Vereadora Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal para que seja feito o recapeamento com asfalto da Avenida Manoel Mariano da Silva no Residencial Savana Park ’’.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/59/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/59/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  39, de Autoria da Presidente e Vereadora Tatiane da Saúde, “Indica a instalação de uma faixa de pedestre na Rua Rio Grande do Norte, nº 1812, Setor 1, em frente à Clínica Crescer, bem como na Rua Rio Grande do Norte, nº 2108, Setor 1, em frente à Clínica Comunicar ’’.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/60/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/60/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  40, de Autoria da Presidente e Vereadora Tatiane da Saúde, “Indica ao Chefe do Poder Executivo a pavimentação asfáltica dos seguintes endereços: Rua 1º De Maio - Setor 06 (Entre a Rua Monteiro Lobato e Rua Castelo Branco).  Rua Anita Garibalde - Setor 06 (Entre a Rua Rio Grande do Norte e Rua Francisco Pantoja). Rua São Paulo - Setor 06; (Entre Rua Leoberto Jose Leite e Rua Rio Grande do Norte), a pedido da Sra. Marcinete.  Rua Santos Dumont - Setor 06 (Apenas lado esquerdo da Rua Monteiro Lobato). Rua Dilma F. De Oliveira - Setor 06; (Do Rio Mororó, até a Rua Castelo Branco). Rua Frei Caneca, nas proximidades da Comunidade Santa Paulina (Entre Rua Afonso Jose e Rua Padre Chiquinho).  Linha 625, lateral do Savana Park. Linha 605, (Da Rua Monteiro Lobato até o Km 2,5)’’.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/61/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/61/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  41, de Autoria da Presidente e Vereadora Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal a instalação de um quebra-molas (lombada) na Rua Monteiro Lobato, a pedido do Sr. Hélio’’.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/62/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/62/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  42, de Autoria da Presidente e Vereadora Tatiane da Saúde e Vereadora Sthella de Almeida, “Indica ao Chefe do Poder Executivo Municipal, a Possibilidade de Implantação de uma Farmácia Básica no Centro de Saúde Marcelina Tereza de Carvalho’’.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Suhelen Fernanda</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/63/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/63/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  43, de Autoria da Vereadora Suhelen Fernanda, “Solicita ao Poder Executivo  que seja feita a revitalização do Ginásio de Esportes Sebastião Mesquita, incluindo reparos na estrutura física, melhorias na iluminação, reforma dos banheiros e adequação dos equipamentos esportivos para melhor atendimento à população’’.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/64/cmj_indicacao-3_6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/64/cmj_indicacao-3_6.pdf</t>
   </si>
   <si>
     <t>Indicação nº  44, de Autoria da Vereadora Suhelen Fernanda, “Solicita ao Poder Executivo  que seja feita a implantação de uma lombada (quebra-molas) na Rua Florianópolis, entre as Ruas Sergipe e Piauí, para proporcionar maior segurança aos pedestres e condutores que transitam na via’’.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Indicação nº  45, de Autoria da Vereadora Suhelen Fernanda, “Solicita ao Poder Executivo  que seja feita a nomeação da praça e quadra de esporte do Bairro Jardim Europa como: “Centro Esportivo Andréa Araújo", em justa homenagem à desportista Andréa Araújo, que contribuiu significativamente para o esporte local e faleceu no ano de 2024’’.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Indicação nº  46, de Autoria da Vereadora Suhelen Fernanda, “Solicita ao Poder Executivo  que seja feita a instalação de iluminação de LED no Estádio Leal Chapelão, visando a modernização do sistema de iluminação, proporcionando maior eciência energéca e melhor visibilidade para jogos e treinamentos noturnos’’.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Indicação nº  47, de Autoria da Vereadora Suhelen Fernanda, “Solicita ao Poder Executivo  que seja feita a construção de quadras de areia no Estádio Leal Chapelão para a prática de vôlei, futevôlei e beach tennis, incentivando a prática esportiva e ampliando as opções de lazer para os munícipes’’.</t>
   </si>
   <si>
     <t>68</t>
   </si>
@@ -2851,78 +3980,78 @@
   <si>
     <t>Indicação nº  56, de Autoria do Vereador Rafael Lopes, “Solicita providências para religar a iluminação do campo de futebol de Tarilândia, a pedido do morador Genesson’’.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Indicação nº  57, de Autoria do Vereador Rafael Lopes, “Solicita análise de viabilidade para tornar a rua Plácido de Castro, trecho entre a Rua Paraná e Av. Dom Pedro I e a rua Paraná, trecho entre a rua Princesa Isabel e Plácido de Castro em mão única, a pedido do morador Salviano’’.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Indicação nº  58, de Autoria do Vereador Rafael Lopes, “Solicita a implantação de calçadas na Rua Florianópolis (trecho entre a Rua Sergipe e a Rua Vereador Otaviano Pereira Neto) e na Rua Mamoré (trecho entre a Rua Padre Chiquinho e a Rua Florianópolis), a pedido do morador Eduardo Toneto’’.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Indicação nº  59, de Autoria do Vereador Celiandro Marrom, “Solicita ao Chefe do Poder Executivo que seja Feita uma manutenção do terminal rodoviário intermunicipal de passageiros’’.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/80/cmj_indicacao-4_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/80/cmj_indicacao-4_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº  60, de Autoria da Presidente e Vereadora Tatiane da Saúde,  a pedido da Sra. Lais, indica ao Chefe do Poder Executivo Municipal que, por meio da Secretaria Municipal de Saúde, seja realizada a aquisição para oferta do Implanon pelo SUS para mulheres em idade fértil e grupos prioritários, em especial as mulheres em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/81/cmj_indicacao-4_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/81/cmj_indicacao-4_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº  61, de Autoria da Presidente e Vereadora Tatiane da Saúde, Indica ao Chefe do Poder Executivo a pavimentação asfáltica do seguinte endereço: Rua Getúlio Vargas, no Jardim dos Estados (Em nome do Sr. Anderson).</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/82/cmj_indicacao-4_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/82/cmj_indicacao-4_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº  62, de Autoria da Presidente e Vereadora Tatiane da Saúde, Indica ao Chefe do Poder Executivo Municipal para que seja feita a implantação de placas de "PARE" no Residencial Orleans.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/83/cmj_indicacao-4_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/83/cmj_indicacao-4_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº  63, de Autoria da Presidente e Vereadora Tatiane da Saúde, Indica ao Chefe do Poder Executivo que a operação do tapa-buracos seja realizada nos seguintes locais: Rua Olavo Pires com a Rua Américo Vespúrcio. Avenida Padre Adolpho Rohl, 1326 - Centro (Em frente ao SICOOB - Ourocredi).</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Indicação nº  64, de Autoria da Vereadora Sthella Almeida, “Solicita providências para a implantação de uma Academia ao Ar Livre na Associação dos Pequenos Produtores Rurais de Rio Alto na Linha 615 Km 12,5.’</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Indicação nº  65, de Autoria da Vereadora Sthella Almeida, “Solicita providência para a implantação de Quebra-molas nas ruas Perobá e Pau Brasil e iluminação no final da rua Perobá - Residencial Orleans.’’</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Indicação nº  66, de Autoria da Vereadora Sthella Almeida, “Solicita providência para a implantação de Quebra-molas na rua Rio Branco (esquina com a rua Florianópolis), em frente à Ótica Vitória, a pedido da Sra. Danielle Machado Oliveira.’’</t>
   </si>
   <si>
     <t>87</t>
   </si>
@@ -3049,87 +4178,87 @@
   <si>
     <t>Indicação nº  88, de autoria da Vereadora Suhelen Fernanda,  “Indica ao Chefe do Poder Executivo que seja feito a construção de uma academia ao ar livre na linha 612”.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Indicação nº  89, de autoria da Vereadora Suhelen Fernanda,  “Indica ao Chefe do Poder Executivo Municipal que seja feita pavimentação asfáltica nas seguintes ruas: Rua Ermano Santos entre a AV. Dom Pedro I e Rua Minas Gerais Setor no setor Industrial”.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Indicação nº  90, de autoria da Vereadora Suhelen Fernanda,  “Indica ao Chefe do Poder Executivo que seja feito um quebra-molas na Rua Florianópolis entre a Rua Sergipe e a Rua Piauí”.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Indicação nº  72, de autoria do Vereador Celiandro Marrom,  Solicita que a prefeitura, realize através do Departamento Municipal de Trânsito (DEMTRAM), a sinalização horizontal, para os estacionamentos de motocicletas e automóveis nos estabelecimentos comerciais no centro da cidade.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/112/cmj_indicacao-5_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/112/cmj_indicacao-5_2.pdf</t>
   </si>
   <si>
     <t>Indicação nº 92, de autoria da Vereadora e Presidente Tatiane da Saúde,  “Indica ao Chefe do Poder Executivo Municipal que seja instalado lixeiras no percurso da pista de caminhada da Avenida Dom Pedro, a pedido da Sra. Andréia.”</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/113/cmj_indicacao-5_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/113/cmj_indicacao-5_2.pdf</t>
   </si>
   <si>
     <t>Indicação nº 93, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indica ao Chefe do Poder Executivo para que o Munícipio de Jaru faça adesão ao programa Contrata+Brasil.”</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/114/cmj_indicacao-5_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/114/cmj_indicacao-5_2.pdf</t>
   </si>
   <si>
     <t>Indicação nº 94, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal a viabilidade de oferecer aulas de atividades físicas ao ar livre, com a presença de educador físico, na Praça do Savana, a pedido da moradora, a Sra. Cléo.”</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/115/cmj_indicacao-5_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/115/cmj_indicacao-5_2.pdf</t>
   </si>
   <si>
     <t>Indicação nº 95, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indico ao Chefe do Poder Executivo Municipal a viabilidade de manutenção dos aparelhos de ginástica das praças do savana, a pedido da moradora, a Sra. Cléo.”</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/116/cmj_indicacao-5_2.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/116/cmj_indicacao-5_2.pdf</t>
   </si>
   <si>
     <t>Indicação nº 96, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indico ao Chefe do Poder Executivo Municipal que seja feito a drenagem e pavimentação asfáltica na Rua 13 de Maio, Bairro Jardim dos Estados, a pedido da moradora Sra. Dalva.”</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Indicação nº 97, de autoria da Vereadora Sthella  Almeida,  “Indica ao Chefe do Poder Executivo Municipal a possibilidade para a implantação de um Playground de plástico na Escola Menezio de Victor – pedido das crianças (alunos da escola).’’</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Indicação nº 98, de autoria da Vereadora Sthella  Almeida,  “Indica ao Chefe do Poder Executivo Municipal a possibilidade para a implantação de climatização e aquisição de materiais permanentes (ar condicionado, sons, mesas, cadeiras e etc) no salão do Serviço de Convivência, localizado no Savana Park.’’</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Indicação nº 99, de autoria da Vereadora Sthella  Almeida,  “Indica ao Chefe do Poder Executivo Municipal a possibilidade para a implantação do Evento Municipal alusivo ao dia 03 de maio – Dia Nacional de Combate à Violência Doméstica e Familiar Contra Criança e Adolescente.”</t>
   </si>
   <si>
     <t>120</t>
   </si>
@@ -3187,51 +4316,51 @@
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Tatiane da Saúde, Amarelinho, Celiandro Marrom, Chiquinho do Cacau, João Paulo, Marcão, Mestre Café, Orlando, Rafael Lopes, Schimiti Patroleiro, Sthella Almeida, Suhelen Fernanda</t>
   </si>
   <si>
     <t>Indicação nº 109, de autoria dos Vereadores (as): Tatiane da Saúde, Sthella de Almeida, Suhelen Fernanda, Mestre Café, Celiandro Marrom, Rafael Lopes, Schimiti Patroleiro, Amarelinho, Chiquinho do Cacau, Orlando, Marcão e João Paulo “ Indicam ao Chefe do Poder Executivo que seja construido uma creche no Residêncial Jardim Europa. ’’</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Indicação nº 110, de autoria dos Vereadores (as): Tatiane da Saúde, Sthella de Almeida, Suhelen Fernanda, Mestre Café, Celiandro Marrom, Rafael Lopes, Schimiti Patroleiro, Amarelinho, Chiquinho do Cacau, Orlando, Marcão e João Paulo “ Indicam ao Chefe do Poder Executivo que seja feita uma pista de caminhada da BR-364 (entrada) até o Residêncial Jardim Europa. ’’</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Indicação nº 111, de autoria dos Vereadores (as): Tatiane da Saúde, Sthella de Almeida, Suhelen Fernanda, Mestre Café, Celiandro Marrom, Rafael Lopes, Schimiti Patroleiro, Amarelinho, Chiquinho do Cacau, Orlando, Marcão e João Paulo, “Indicam ao Chefe do Poder Executivo que reabra o prazo para que os cidadãos possam aderir ao REFIS e assim quitarem seus débitos com desconto de multas e juros junto ao município. ’’</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/132/cmj_indicacao-6.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/132/cmj_indicacao-6.pdf</t>
   </si>
   <si>
     <t>Indicação nº 112, de autoria da Vereadora e Presidente Tatiane da Saúde, “ Indica ao Chefe do Poder Executivo que a Creche no Distrito de Bom Jesus leve o nome do Sr. Florisvaldo Simões de Oliveira. ’’</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Indicação nº 113, de autoria do Vereador Schimiti Patroleiro, “ Indica ao Chefe do Poder Executivo, que seja feita drenagem nas seguintes ruas:  Rua: Cristóvão Colombo trecho Alberto Santos Dumont a 13 de Maio, Jardim dos Estados. ’’</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Indicação nº 114, de autoria do Vereador Rafael Lopes, “ Indica ao Chefe do Poder Executivo a Implantação de sinalização de trânsito e quebra-molas rua Florianópolis próximo a ponte do Rio Mororó.’’</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Indicação nº 115, de autoria da Vereadora Sthella Almeida, “Indica ao Chefe do Poder Executivo Municipal a possibilidade para a revitalização da faixa de pedestre na Av. Padre Adolpho Rohl, 2150 - St. 1, em frente ao comércio Don Juan. A pedido do empresário Dilson Filho.’’</t>
   </si>
   <si>
     <t>136</t>
   </si>
@@ -3334,69 +4463,69 @@
   <si>
     <t>Indicação nº 132, de autoria do Vereador Rafael Lopes,  Indica ao Chefe do Poder Executivo que seja feita a pavimentação asfáltica do seguinte endereço: Rua Candido Portinari, trecho entre a rua João Batista e rua Afonso José no setor 07, a pedido do morador Sergio Augusto.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Indicação n° 133, de autoria da Vereadora Sthella de Almeida Silva,  Indica ao Chefe do Poder Executivo a possibilidade para sinalização de vagas de motos na Av. Padre Adolpho Rohl, St. 01. A pedido do empresário Dilson Filho.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Indicação n° 134, de autoria da Vereadora Sthella de Almeida Silva, “ Indica ao Chefe do Poder Executivo a possibilidade para a elaboração da Festa da Terceira Idade itinerante em Bom Jesus. A pedido da Dona Maria do Socorro. ”</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Indicação n° 135, de autoria da Vereadora Sthella de Almeida Silva, “ Indica ao Chefe do Poder Executivo a possibilidade para a substituição das lixeiras de reciclagem da Praça do Jardim dos Estados.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/156/cmj_indicacao-8_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/156/cmj_indicacao-8_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº 136, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal a viabilidade de fornecimento de protetores auriculares ou inibidores de ruídos para crianças diagnosticadas com Transtorno do Espectro Autista TEA, no âmbito do município de Jaru. ”</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/157/cmj_indicacao-8_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/157/cmj_indicacao-8_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº 137, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal a viabilidade da criação da Orquestra Sinfônica Municipal de Jaru, com foco na execução de música clássica e outras expressões artísticas, especialmente em virtude da inauguração do novo Teatro Municipal. ”</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/158/cmj_indicacao-8_3.pdf</t>
+    <t>http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/158/cmj_indicacao-8_3.pdf</t>
   </si>
   <si>
     <t>Indicação nº 138, de autoria da Vereadora e Presidente Tatiane da Saúde, “Indica ao Chefe do Poder Executivo Municipal a instalação de um quebra-molas (lombada) nos seguintes locais: Rua Ricardo Cantanhede, esquina com a Rua Afonso José, a pedido do Sr. Esmail). Rua Raimundo Barreto, entre as Ruas Padre Chiquinho e Marechal Rondon, a pedido do Sr. Renato.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Indicação nº 139, de autoria da Vereadora Suhelen Fernanda,  “Indica ao Chefe do Poder Executivo Colocar no calendário do municipal, um campeonato de Beach Tênis.”</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Indicação nº 140, de  autoria da Vereadora Suhelen fernanda, “Indica ao Chefe do Poder Executivo que seja feita uma faixa de pedestre, em frente a academia de malhação Kiti Judô.”</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Indicação nº 141, de autoria da Vereadora Sthella de Almeida, “Indica ao Chefe do Poder Executivo a possibilidade para a implantação de uma faixa de pedestre na Rua Florianópolis, em frente a Gastroimagem e Unisp.</t>
   </si>
   <si>
     <t>162</t>
   </si>
@@ -5161,67 +6290,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ja_foi_enviado_para_os_vereadores_proposta_de_emenda_a_lei_organica_no_26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pr_400.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/247/pl_465.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/248/pl_466.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_467.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_468.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/9/pl_4207.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1/19-008824-2025_01_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pl_4.374.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pl_4.375.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl_4.376.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/5/pl_4380.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_4381.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/7/pl_4382.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/12/pl_4391.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/13/pl_4392.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/214/pl_4401.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/215/pl_4402.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/216/pl_4403.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_4404.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/228/19-012217-2025_01_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/224/pl_4.417.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/225/pl_4.418.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/226/pl_4.419.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/227/pl_4.420.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/230/pl_4.421.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/231/pl_4.422.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/249/pl_4423.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/250/pl_4424.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/232/pl_4.425.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_4426.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/252/pl_4427.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/253/pl_4428.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/254/pl_4429.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/255/pl_4431.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/256/pl_4432.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/257/pl_4433.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/233/pl_4.435.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/234/pl_4.436.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_4.438.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_4.439.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_4.440.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/238/pl_4.441.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/239/pl_4.442.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_4.445.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_4.447.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/242/pl_4.448.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/243/pl_4.449.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/244/pl_4.450.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/245/pl_4.451.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/246/pl_4.452.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/258/pl_4453.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/259/pl_4456.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/260/pl_4457.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_4458.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_4459.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_4461.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_4462.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_4463.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_4464.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/271/pl_4465.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_4466.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/273/pl_4467.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_4468.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/275/pl_4469.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/277/pl_4470.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/278/pl_4471.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/337/pl_4472.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/338/pl_4473.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/339/pl_4474.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/340/pl_4475.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/341/pl_4476.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/342/pl_4477.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/345/pl_4480.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/346/pl_4481.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/347/pl_4482.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/348/pl_4483.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/349/pl_4484.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/350/pl_4485.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/351/pl_4486.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/352/pl_4488.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/353/pl_4489.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/354/pl_4490.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/355/pl_4491.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/356/pl_4492.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/358/pl_4495.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/359/pl_4496.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/360/pl_4497.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/415/pl_4498.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/416/pl_4499.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/417/pl_4500.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/418/pl_4501.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/419/pl_4502.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/420/pl_4503.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/421/pl_4504.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/422/pl_4505.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/423/pl_4506.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/424/pl_4507.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/425/pl_4508.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/426/pl_4509.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/427/pl_4510.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/428/pl_4511.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/429/pl_4512.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/430/pl_4513.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_4514.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_4515.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_4516.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/459/pl_4517.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/478/pl_4518.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pr_401_-_fernando_maximo_-_celiandro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/cmj_ata-1_-1_4.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/cmj_ata-2_-1_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/cmj_ata-03_2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/cmj_ata-4_-1_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/cmj_ata-5_-2_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/cmj_ata-6_-2_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/cmj_ata-7_-2_4.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/cmj_ata-8_-1_3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/cmj_ata-9_-3_4.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/cmj_ata-10_-2_2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/cmj_ata-11_-3_3.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/cmj_ata-12_-2_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/cmj_ata-13_-2_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/ata-14_-2_2.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/ata-15_3.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/ata-16_4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/cmj_ata-17_-1_3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/cmj_ata-18_-2_2.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/cmj_ata-19_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/cmj_ata-20_-1_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/cmj_ata-24_-2_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/cmj_ata-25_-3_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/cmj_ata-29_-1_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/cmj_ata-31_-1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/cmj_ata-32_-6.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/cmj_ata-34_-2_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/cmj_ata-35_-1_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/cmj_ata-36_-2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/cmj_ata-37_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/cmj_ata-38.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/cmj_ata-39_2.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1123/cmj_ata-2_5.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/cmj_ata-3_-1_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/cmj_ata-4_3.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/cmj_ata-5_4_-_copia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/cmj_ata-6_4.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/cmj_ata-7_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/cmj_ata-8_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/cmj_ata-9_-2_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/cmj_ata-10_-1_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/cmj_ata-11_-4.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/cmj_ata-12_5.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/01-cmj_ata-13_-1_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/cmj_ata-14_-1_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/cmj_ata-15_-2_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/cmj_ata-16_-2_2.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/ata-17_-1_3.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/ata-19_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/cmj_ata-20_4.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/cmj_ata-28_-1_3.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/cmj_ata-29_2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/ata-30_-2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/cmj_ata-31_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/cmj_ata-32_-5.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/cmj_ata-33_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/cmj_ata-34_3.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/cmj_ata-35_2.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/cmj_ata-41_1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/cmj_ata-42_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/cmj_ata-43_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/cmj_ata-44.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1064/cmj_ata-45.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/cmj_ata-46.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lista_1a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lista_2a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/lista_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/lista_5a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/lista_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/lista_7a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/lista_8a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/lista_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/lista_de_presenca_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/lista_11a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/lista_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/lista_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/lista_de_presenca_da_14a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/lista_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/lista_de_presenca_16a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/lista_de_presenca_na_17_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/lista_19a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1164/lista_20a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/lista_de_presenca_22.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/lista_de_presenca_23.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1170/lista_de_presenca_da_25a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/56/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/57/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/58/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/59/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/60/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/61/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/62/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/63/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/64/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/80/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/81/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/82/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/83/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/112/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/113/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/114/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/115/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/116/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/132/cmj_indicacao-6.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/156/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/157/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/158/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaru.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ja_foi_enviado_para_os_vereadores_proposta_de_emenda_a_lei_organica_no_26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pr_400.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/247/pl_465.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/248/pl_466.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_467.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_468.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/9/pl_4207.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1/19-008824-2025_01_9.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pl_4.374.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pl_4.375.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl_4.376.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/5/pl_4380.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_4381.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/7/pl_4382.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/12/pl_4391.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/13/pl_4392.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/214/pl_4401.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/215/pl_4402.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/216/pl_4403.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_4404.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/228/19-012217-2025_01_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/224/pl_4.417.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/225/pl_4.418.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/226/pl_4.419.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/227/pl_4.420.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/230/pl_4.421.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/231/pl_4.422.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/249/pl_4423.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/250/pl_4424.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/232/pl_4.425.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_4426.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/252/pl_4427.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/253/pl_4428.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/254/pl_4429.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/255/pl_4431.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/256/pl_4432.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/257/pl_4433.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/233/pl_4.435.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/234/pl_4.436.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_4.438.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_4.439.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_4.440.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/238/pl_4.441.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/239/pl_4.442.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_4.445.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_4.447.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/242/pl_4.448.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/243/pl_4.449.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/244/pl_4.450.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/245/pl_4.451.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/246/pl_4.452.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/258/pl_4453.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/259/pl_4456.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/260/pl_4457.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_4458.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_4459.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_4461.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_4462.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_4463.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_4464.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/271/pl_4465.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_4466.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/273/pl_4467.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_4468.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/275/pl_4469.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/277/pl_4470.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/278/pl_4471.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/337/pl_4472.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/338/pl_4473.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/339/pl_4474.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/340/pl_4475.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/341/pl_4476.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/342/pl_4477.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/343/pl_4.478.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/344/pl_4.479.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/345/pl_4480.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/346/pl_4481.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/347/pl_4482.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/348/pl_4483.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/349/pl_4484.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/350/pl_4485.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/351/pl_4486.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/352/pl_4488.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/353/pl_4489.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/354/pl_4490.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/355/pl_4491.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/356/pl_4492.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/358/pl_4495.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/359/pl_4496.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/360/pl_4497.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/415/pl_4498.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/416/pl_4499.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/417/pl_4500.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/418/pl_4501.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/419/pl_4502.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/420/pl_4503.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/421/pl_4504.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/422/pl_4505.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/423/pl_4506.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/424/pl_4507.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/425/pl_4508.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/426/pl_4509.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/427/pl_4510.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/428/pl_4511.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/429/pl_4512.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/430/pl_4513.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_4514.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_4515.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_4516.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/459/pl_4517.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/478/pl_4518.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_resolucao_no_399.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pr_401_-_fernando_maximo_-_celiandro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/276/pr_442.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1099/cmj_ata-1_-1_4.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1100/cmj_ata-2_-1_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1101/cmj_ata-03_2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1102/cmj_ata-4_-1_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1103/cmj_ata-5_-2_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1104/cmj_ata-6_-2_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1105/cmj_ata-7_-2_4.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1106/cmj_ata-8_-1_3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1107/cmj_ata-9_-3_4.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1108/cmj_ata-10_-2_2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1109/cmj_ata-11_-3_3.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1110/cmj_ata-12_-2_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1111/cmj_ata-13_-2_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1112/ata-14_-2_2.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1113/ata-15_3.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1114/ata-16_4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1115/cmj_ata-17_-1_3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1116/cmj_ata-18_-2_2.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1117/cmj_ata-19_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1118/cmj_ata-20_-1_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_ordinaria-21_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/219/cmj_ata-22_3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/220/cmj_ata-23_4.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1120/cmj_ata-24_-2_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1121/cmj_ata-25_-3_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/279/cmj_ata-27_-2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/280/cmj_ata-28_-2.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1030/cmj_ata-29_-1_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1031/cmj_ata-31_-1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1033/cmj_ata-32_-6.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1034/cmj_ata-34_-2_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1035/cmj_ata-35_-1_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1037/cmj_ata-36_-2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1038/cmj_ata-37_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1039/cmj_ata-38.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1122/cmj_ata-39_2.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1123/cmj_ata-2_5.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1124/cmj_ata-3_-1_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1125/cmj_ata-4_3.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1126/cmj_ata-5_4_-_copia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1131/cmj_ata-6_4.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1133/cmj_ata-7_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1132/cmj_ata-8_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1134/cmj_ata-9_-2_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1135/cmj_ata-10_-1_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1136/cmj_ata-11_-4.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1137/cmj_ata-12_5.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1141/01-cmj_ata-13_-1_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1145/cmj_ata-14_-1_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1143/cmj_ata-15_-2_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1152/cmj_ata-16_-2_2.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1157/ata-17_-1_3.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1163/ata-19_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1166/cmj_ata-20_4.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1171/cmj_ata-21_2.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1172/cmj_ata-22_-1_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1173/cmj_ata-23_-2_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/94/cmj_ata-24.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/221/cmj_ata-25_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/222/cmj_ata-26_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1040/cmj_ata-28_-1_3.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1045/cmj_ata-29_2.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1048/ata-30_-2.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1050/cmj_ata-31_2.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1059/cmj_ata-32_-5.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1060/cmj_ata-33_1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1067/cmj_ata-34_3.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1071/cmj_ata-35_2.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1174/cmj_ata-36_-1_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1175/cmj_ata-37_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1176/cmj_ata-38.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1177/cmj_ata-39.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1178/cmj_ata-40_2.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1072/cmj_ata-41_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1070/cmj_ata-42_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1069/cmj_ata-43_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1068/cmj_ata-44.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1064/cmj_ata-45.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1056/cmj_ata-46.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1139/lista_1a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1138/lista_2a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1142/lista_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1144/lista_5a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1146/lista_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1147/lista_7a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1148/lista_8a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1149/lista_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1151/lista_de_presenca_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1153/lista_11a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1154/lista_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1155/lista_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1156/lista_de_presenca_da_14a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1158/lista_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1159/lista_de_presenca_16a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1160/lista_de_presenca_na_17_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1162/lista_19a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1164/lista_20a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1167/lista_de_presenca_22.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1168/lista_de_presenca_23.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1170/lista_de_presenca_da_25a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1185/lista_de_presenca_26a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1186/lista_27a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1187/lista_28a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1188/lista_29a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1189/lista_30a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1190/lista_31a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1191/lista_32a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1192/lista_33a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1193/lista_34a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1194/lista_35a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1195/lista_36a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1196/lista_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1197/lista_38a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1198/sessao_extraordinaria_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1199/2_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1200/3_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1201/4_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1202/5_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1203/6_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1204/7_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1206/9_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1207/10_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1208/11_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1209/lista_de_presenca_12a_sessao__extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1210/13_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1211/14_sessao_extrordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1212/15_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1213/16_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1214/lista_de_presenca_da_17a_sessao_extraordinaria..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1215/18_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1216/lista_de_presenca_da_19_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1217/lista_de_presenca_da_20a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1218/21_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1220/23_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1221/lista_de_presenca_da_24a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1222/25_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1223/lista_de_presenca_da_26a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1224/lista_de_presenca_27.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1225/lista_de_presenca_da_28a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1226/lista_de_presenca_da_29a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1227/lista_de_presenca_da_30a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1228/lista_de_presenca_31a_sessao_extraordinaria_1.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1229/32_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1230/33_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1231/34_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1232/35_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1233/36_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1234/37_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1235/38_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1236/39_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1237/40_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1238/41_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1239/42_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1240/43_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1241/44_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1242/45_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1243/46_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1251/cmj_ordem_do_dia-2_-1.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1252/cmj_ordem_do_dia-3_-1.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1253/cmj_ordem_do_dia-4_-1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1254/cmj_ordem_do_dia-5_-1.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1255/cmj_ordem_do_dia-6_-1.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1256/cmj_ordem_do_dia-7_-2.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1257/cmj_ordem_do_dia-8.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1259/cmj_ordem_do_dia-10_-1.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1260/cmj_ordem_do_dia-11_-1.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1261/cmj_ordem_do_dia-12_-2.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1262/cmj_ordem_do_dia-13.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1263/ordem_do_dia_da_14a_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1264/cmj_ordem_do_dia-15_-1.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1265/cmj_ordem_do_dia-16_-1.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1266/cmj_ordem_do_dia-17_-1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1267/cmj_ordem_do_dia-18_-1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1268/cmj_ordem_do_dia-19_-1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1269/cmj_ordem_do_dia-20_-1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1270/cmj_ordem_do_dia-21_-2.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1271/cmj_ordem_do_dia-22_-3.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1272/cmj_ordem_do_dia-23.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1274/cmj_ordem_do_dia-25_-2.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1275/cmj_ordem_do_dia-26_-2.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1276/cmj_ordem_do_dia-27_-2.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1277/cmj_ordem_do_dia-28_-1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1278/cmj_ordem_do_dia-29_-1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1279/cmj_ordem_do_dia-30_-2.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1280/cmj_ordem_do_dia-31_-1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1281/cmj_ordem_do_dia-32_-1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1282/cmj_ordem_do_dia-33_-1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1283/cmj_ordem_do_dia-34_-1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1284/cmj_ordem_do_dia-35_-1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1285/cmj_ordem_do_dia-36_-1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1288/cmj_ordem_do_dia-1.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1289/cmj_ordem_do_dia-2.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1290/cmj_ordem_do_dia-3.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1291/cmj_ordem_do_dia-4.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1292/cmj_ordem_do_dia-5.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1293/cmj_ordem_do_dia-6.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1294/cmj_ordem_do_dia-7_-1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1296/cmj_ordem_do_dia-9.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1297/cmj_ordem_do_dia-10.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1299/cmj_ordem_do_dia-12.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1300/cmj_ordem_do_dia-13_-1.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1301/cmj_ordem_do_dia-14.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1302/cmj_ordem_do_dia-15.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1303/cmj_ordem_do_dia-16.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1304/ordem_do_dia_da_17a_sessao_extraordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1305/cmj_ordem_do_dia-18.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1306/cmj_ordem_do_dia-19.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1307/cmj_ordem_do_dia-20.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1308/cmj_ordem_do_dia-21.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1309/cmj_ordem_do_dia-22.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1310/cmj_ata-23_-1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1311/cmj_ordem_do_dia-24.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1312/cmj_ordem_do_dia-25.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1313/cmj_ordem_do_dia-26.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1314/cmj_ordem_do_dia-27.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1315/cmj_ordem_do_dia-28.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1316/cmj_ordem_do_dia-29.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1317/cmj_ordem_do_dia-30.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1318/cmj_ordem_do_dia-31.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1319/cmj_ordem_do_dia-32.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1320/cmj_ordem_do_dia-33.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1321/cmj_ordem_do_dia-34.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1322/cmj_ordem_do_dia-35.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1323/cmj_ordem_do_dia-36.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1325/cmj_ordem_do_dia-38.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1326/39a_ses_extraordinaria_-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1327/cmj_ordem_do_dia-40.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1328/cmj_ordem_do_dia-41.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/1329/cmj_ordem_do_dia-42.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/21/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/22/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/23/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/24/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/25/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/26/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/27/cmj_indicacao-1_4.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/38/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/42/cmj_indicacao-2_8.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/56/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/57/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/58/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/59/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/60/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/61/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/62/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/63/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/64/cmj_indicacao-3_6.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/80/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/81/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/82/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/83/cmj_indicacao-4_3.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/112/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/113/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/114/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/115/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/116/cmj_indicacao-5_2.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/132/cmj_indicacao-6.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/156/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/157/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/sapl/public/materialegislativa/2025/158/cmj_indicacao-8_3.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jaru.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H605"/>
+  <dimension ref="A1:H750"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="162.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -9698,10961 +10827,14296 @@
       </c>
       <c r="C180" t="s">
         <v>557</v>
       </c>
       <c r="D180" t="s">
         <v>633</v>
       </c>
       <c r="E180" t="s">
         <v>634</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>688</v>
       </c>
       <c r="H180" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>690</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
       <c r="D181" t="s">
         <v>633</v>
       </c>
       <c r="E181" t="s">
         <v>634</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>691</v>
       </c>
       <c r="H181" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>693</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>577</v>
+        <v>565</v>
       </c>
       <c r="D182" t="s">
         <v>633</v>
       </c>
       <c r="E182" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>694</v>
       </c>
       <c r="H182" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>696</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>10</v>
+        <v>569</v>
       </c>
       <c r="D183" t="s">
         <v>633</v>
       </c>
       <c r="E183" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H183" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>699</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="D184" t="s">
         <v>633</v>
       </c>
       <c r="E184" t="s">
         <v>634</v>
       </c>
-      <c r="F184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G184" s="1" t="s">
-        <v>73</v>
+        <v>700</v>
       </c>
       <c r="H184" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="D185" t="s">
         <v>633</v>
       </c>
       <c r="E185" t="s">
         <v>634</v>
       </c>
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
       <c r="G185" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="H185" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>591</v>
+        <v>10</v>
       </c>
       <c r="D186" t="s">
         <v>633</v>
       </c>
       <c r="E186" t="s">
         <v>634</v>
       </c>
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
       <c r="G186" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="H186" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="D187" t="s">
         <v>633</v>
       </c>
       <c r="E187" t="s">
         <v>634</v>
       </c>
+      <c r="F187" t="s">
+        <v>20</v>
+      </c>
       <c r="G187" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H187" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>709</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="D188" t="s">
         <v>633</v>
       </c>
       <c r="E188" t="s">
         <v>634</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>710</v>
       </c>
       <c r="H188" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>712</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>602</v>
+        <v>591</v>
       </c>
       <c r="D189" t="s">
         <v>633</v>
       </c>
       <c r="E189" t="s">
         <v>634</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H189" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>715</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="D190" t="s">
         <v>633</v>
       </c>
       <c r="E190" t="s">
         <v>634</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>716</v>
       </c>
       <c r="H190" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>718</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>609</v>
+        <v>598</v>
       </c>
       <c r="D191" t="s">
         <v>633</v>
       </c>
       <c r="E191" t="s">
         <v>634</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>719</v>
       </c>
       <c r="H191" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>721</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="D192" t="s">
         <v>633</v>
       </c>
       <c r="E192" t="s">
         <v>634</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>722</v>
       </c>
       <c r="H192" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>724</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>725</v>
+        <v>606</v>
       </c>
       <c r="D193" t="s">
         <v>633</v>
       </c>
       <c r="E193" t="s">
         <v>634</v>
       </c>
       <c r="G193" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H193" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>729</v>
+        <v>609</v>
       </c>
       <c r="D194" t="s">
         <v>633</v>
       </c>
       <c r="E194" t="s">
         <v>634</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="H194" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>733</v>
+        <v>613</v>
       </c>
       <c r="D195" t="s">
         <v>633</v>
       </c>
       <c r="E195" t="s">
         <v>634</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="H195" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>737</v>
+        <v>617</v>
       </c>
       <c r="D196" t="s">
         <v>633</v>
       </c>
       <c r="E196" t="s">
         <v>634</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="H196" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>741</v>
+        <v>621</v>
       </c>
       <c r="D197" t="s">
         <v>633</v>
       </c>
       <c r="E197" t="s">
         <v>634</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="H197" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>745</v>
+        <v>625</v>
       </c>
       <c r="D198" t="s">
         <v>633</v>
       </c>
       <c r="E198" t="s">
         <v>634</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>746</v>
+        <v>740</v>
       </c>
       <c r="H198" t="s">
-        <v>747</v>
+        <v>741</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>748</v>
+        <v>742</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>43</v>
+        <v>629</v>
       </c>
       <c r="D199" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E199" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="H199" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>47</v>
+        <v>746</v>
       </c>
       <c r="D200" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E200" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="H200" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>51</v>
+        <v>750</v>
       </c>
       <c r="D201" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E201" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>73</v>
+        <v>751</v>
       </c>
       <c r="H201" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>55</v>
+        <v>754</v>
       </c>
       <c r="D202" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E202" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="H202" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>757</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>758</v>
+      </c>
+      <c r="D203" t="s">
+        <v>633</v>
+      </c>
+      <c r="E203" t="s">
+        <v>634</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B203" t="s">
-[...11 lines deleted...]
-      <c r="G203" s="1" t="s">
+      <c r="H203" t="s">
         <v>760</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>761</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>63</v>
+        <v>762</v>
       </c>
       <c r="D204" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E204" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H204" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>67</v>
+        <v>766</v>
       </c>
       <c r="D205" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E205" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="H205" t="s">
-        <v>752</v>
+        <v>768</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>519</v>
+        <v>770</v>
       </c>
       <c r="D206" t="s">
-        <v>749</v>
+        <v>633</v>
       </c>
       <c r="E206" t="s">
-        <v>750</v>
+        <v>634</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="H206" t="s">
-        <v>752</v>
+        <v>772</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D207" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E207" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="H207" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>526</v>
+        <v>47</v>
       </c>
       <c r="D208" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E208" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="H208" t="s">
-        <v>752</v>
+        <v>780</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="D209" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E209" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>772</v>
+        <v>73</v>
       </c>
       <c r="H209" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="D210" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E210" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="H210" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>784</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>59</v>
+      </c>
+      <c r="D211" t="s">
+        <v>774</v>
+      </c>
+      <c r="E211" t="s">
         <v>775</v>
       </c>
-      <c r="B211" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G211" s="1" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="H211" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>786</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>63</v>
+      </c>
+      <c r="D212" t="s">
+        <v>774</v>
+      </c>
+      <c r="E212" t="s">
+        <v>775</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H212" t="s">
         <v>777</v>
-      </c>
-[...16 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="D213" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E213" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="H213" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>89</v>
+        <v>519</v>
       </c>
       <c r="D214" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E214" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="H214" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D215" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E215" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="H215" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>95</v>
+        <v>526</v>
       </c>
       <c r="D216" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E216" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>73</v>
+        <v>795</v>
       </c>
       <c r="H216" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="D217" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E217" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="H217" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>557</v>
+        <v>75</v>
       </c>
       <c r="D218" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E218" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="H218" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>561</v>
+        <v>79</v>
       </c>
       <c r="D219" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E219" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>73</v>
+        <v>801</v>
       </c>
       <c r="H219" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>791</v>
+        <v>802</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>565</v>
+        <v>83</v>
       </c>
       <c r="D220" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E220" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>792</v>
+        <v>803</v>
       </c>
       <c r="H220" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>793</v>
+        <v>804</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>569</v>
+        <v>86</v>
       </c>
       <c r="D221" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E221" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>794</v>
+        <v>805</v>
       </c>
       <c r="H221" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>795</v>
+        <v>806</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>573</v>
+        <v>89</v>
       </c>
       <c r="D222" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E222" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>73</v>
+        <v>807</v>
       </c>
       <c r="H222" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>577</v>
+        <v>92</v>
       </c>
       <c r="D223" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="E223" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="H223" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>561</v>
+        <v>810</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="D224" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E224" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>800</v>
+        <v>73</v>
       </c>
       <c r="H224" t="s">
-        <v>801</v>
+        <v>777</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>565</v>
+        <v>811</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="D225" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E225" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="H225" t="s">
-        <v>803</v>
+        <v>777</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>569</v>
+        <v>813</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>51</v>
+        <v>557</v>
       </c>
       <c r="D226" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E226" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="H226" t="s">
-        <v>805</v>
+        <v>777</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>573</v>
+        <v>815</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>55</v>
+        <v>561</v>
       </c>
       <c r="D227" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E227" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>806</v>
+        <v>73</v>
       </c>
       <c r="H227" t="s">
-        <v>807</v>
+        <v>777</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>577</v>
+        <v>816</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>59</v>
+        <v>565</v>
       </c>
       <c r="D228" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E228" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="H228" t="s">
-        <v>809</v>
+        <v>777</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>10</v>
+        <v>818</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>63</v>
+        <v>569</v>
       </c>
       <c r="D229" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E229" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="H229" t="s">
-        <v>811</v>
+        <v>777</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>583</v>
+        <v>820</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>67</v>
+        <v>573</v>
       </c>
       <c r="D230" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E230" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>775</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>813</v>
+        <v>73</v>
       </c>
       <c r="H230" t="s">
-        <v>814</v>
+        <v>777</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>587</v>
+        <v>821</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>519</v>
+        <v>577</v>
       </c>
       <c r="D231" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E231" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>775</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>73</v>
+        <v>822</v>
       </c>
       <c r="H231" t="s">
-        <v>815</v>
+        <v>777</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>591</v>
+        <v>823</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D232" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E232" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>775</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>73</v>
+        <v>824</v>
       </c>
       <c r="H232" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>595</v>
+        <v>826</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>526</v>
+        <v>583</v>
       </c>
       <c r="D233" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E233" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>775</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>73</v>
+        <v>827</v>
       </c>
       <c r="H233" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>598</v>
+        <v>828</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>71</v>
+        <v>587</v>
       </c>
       <c r="D234" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E234" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>775</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>73</v>
+        <v>829</v>
       </c>
       <c r="H234" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>602</v>
+        <v>830</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>75</v>
+        <v>591</v>
       </c>
       <c r="D235" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E235" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>775</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>73</v>
+        <v>831</v>
       </c>
       <c r="H235" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>606</v>
+        <v>832</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>79</v>
+        <v>595</v>
       </c>
       <c r="D236" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E236" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>775</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>73</v>
+        <v>833</v>
       </c>
       <c r="H236" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>609</v>
+        <v>834</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>83</v>
+        <v>598</v>
       </c>
       <c r="D237" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E237" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>73</v>
+        <v>835</v>
       </c>
       <c r="H237" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>613</v>
+        <v>836</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>86</v>
+        <v>602</v>
       </c>
       <c r="D238" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E238" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>73</v>
+        <v>837</v>
       </c>
       <c r="H238" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>617</v>
+        <v>838</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>89</v>
+        <v>606</v>
       </c>
       <c r="D239" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E239" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>775</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>73</v>
+        <v>839</v>
       </c>
       <c r="H239" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>621</v>
+        <v>840</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>92</v>
+        <v>609</v>
       </c>
       <c r="D240" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E240" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="F240" t="s">
+        <v>775</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H240" t="s">
         <v>825</v>
-      </c>
-[...4 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>625</v>
+        <v>842</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>95</v>
+        <v>613</v>
       </c>
       <c r="D241" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E241" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>827</v>
+        <v>843</v>
       </c>
       <c r="H241" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>629</v>
+        <v>844</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>98</v>
+        <v>617</v>
       </c>
       <c r="D242" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E242" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>73</v>
+        <v>845</v>
       </c>
       <c r="H242" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>830</v>
+        <v>846</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>557</v>
+        <v>621</v>
       </c>
       <c r="D243" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E243" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>73</v>
+        <v>847</v>
       </c>
       <c r="H243" t="s">
-        <v>831</v>
+        <v>825</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>725</v>
+        <v>848</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>561</v>
+        <v>625</v>
       </c>
       <c r="D244" t="s">
-        <v>798</v>
+        <v>774</v>
       </c>
       <c r="E244" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>775</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>73</v>
+        <v>849</v>
       </c>
       <c r="H244" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>729</v>
+        <v>850</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>565</v>
+        <v>43</v>
       </c>
       <c r="D245" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E245" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>833</v>
+        <v>853</v>
       </c>
       <c r="H245" t="s">
-        <v>834</v>
+        <v>854</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>733</v>
+        <v>855</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>569</v>
+        <v>47</v>
       </c>
       <c r="D246" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E246" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>73</v>
+        <v>856</v>
       </c>
       <c r="H246" t="s">
-        <v>836</v>
+        <v>854</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>737</v>
+        <v>857</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>573</v>
+        <v>51</v>
       </c>
       <c r="D247" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E247" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>73</v>
+        <v>858</v>
       </c>
       <c r="H247" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>741</v>
+        <v>859</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>577</v>
+        <v>55</v>
       </c>
       <c r="D248" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E248" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>73</v>
+        <v>860</v>
       </c>
       <c r="H248" t="s">
-        <v>838</v>
+        <v>854</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>745</v>
+        <v>861</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D249" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E249" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>73</v>
+        <v>862</v>
       </c>
       <c r="H249" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>840</v>
+        <v>863</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>583</v>
+        <v>63</v>
       </c>
       <c r="D250" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E250" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>73</v>
+        <v>864</v>
       </c>
       <c r="H250" t="s">
-        <v>841</v>
+        <v>854</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>842</v>
+        <v>865</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>587</v>
+        <v>67</v>
       </c>
       <c r="D251" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E251" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>73</v>
+        <v>866</v>
       </c>
       <c r="H251" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>844</v>
+        <v>867</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>591</v>
+        <v>519</v>
       </c>
       <c r="D252" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E252" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H252" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>846</v>
+        <v>868</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>595</v>
+        <v>39</v>
       </c>
       <c r="D253" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E253" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>73</v>
+        <v>869</v>
       </c>
       <c r="H253" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>598</v>
+        <v>526</v>
       </c>
       <c r="D254" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E254" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>852</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>73</v>
+        <v>871</v>
       </c>
       <c r="H254" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>850</v>
+        <v>872</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>602</v>
+        <v>71</v>
       </c>
       <c r="D255" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E255" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>73</v>
+        <v>873</v>
       </c>
       <c r="H255" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>853</v>
+        <v>874</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>606</v>
+        <v>75</v>
       </c>
       <c r="D256" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E256" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>852</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>73</v>
+        <v>875</v>
       </c>
       <c r="H256" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>855</v>
+        <v>876</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>609</v>
+        <v>79</v>
       </c>
       <c r="D257" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E257" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>852</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>73</v>
+        <v>877</v>
       </c>
       <c r="H257" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>857</v>
+        <v>878</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>613</v>
+        <v>83</v>
       </c>
       <c r="D258" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E258" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>73</v>
+        <v>879</v>
       </c>
       <c r="H258" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>859</v>
+        <v>880</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>617</v>
+        <v>86</v>
       </c>
       <c r="D259" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E259" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>860</v>
+        <v>881</v>
       </c>
       <c r="H259" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>862</v>
+        <v>882</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>621</v>
+        <v>89</v>
       </c>
       <c r="D260" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E260" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>863</v>
+        <v>883</v>
       </c>
       <c r="H260" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>865</v>
+        <v>884</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>625</v>
+        <v>92</v>
       </c>
       <c r="D261" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E261" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="H261" t="s">
-        <v>867</v>
+        <v>854</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>868</v>
+        <v>886</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>629</v>
+        <v>95</v>
       </c>
       <c r="D262" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E262" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>869</v>
+        <v>887</v>
       </c>
       <c r="H262" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>830</v>
+        <v>98</v>
       </c>
       <c r="D263" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E263" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>872</v>
+        <v>889</v>
       </c>
       <c r="H263" t="s">
-        <v>873</v>
+        <v>854</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>874</v>
+        <v>890</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>725</v>
+        <v>557</v>
       </c>
       <c r="D264" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E264" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>875</v>
+        <v>891</v>
       </c>
       <c r="H264" t="s">
-        <v>876</v>
+        <v>854</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>877</v>
+        <v>892</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>729</v>
+        <v>561</v>
       </c>
       <c r="D265" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E265" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="H265" t="s">
-        <v>879</v>
+        <v>854</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>733</v>
+        <v>565</v>
       </c>
       <c r="D266" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E266" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>882</v>
+        <v>73</v>
       </c>
       <c r="H266" t="s">
-        <v>883</v>
+        <v>854</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>737</v>
+        <v>569</v>
       </c>
       <c r="D267" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E267" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="H267" t="s">
-        <v>886</v>
+        <v>854</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>741</v>
+        <v>573</v>
       </c>
       <c r="D268" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E268" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>73</v>
+        <v>898</v>
       </c>
       <c r="H268" t="s">
-        <v>888</v>
+        <v>854</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>745</v>
+        <v>577</v>
       </c>
       <c r="D269" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E269" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>73</v>
+        <v>900</v>
       </c>
       <c r="H269" t="s">
-        <v>890</v>
+        <v>854</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>840</v>
+        <v>10</v>
       </c>
       <c r="D270" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E270" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>852</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>73</v>
+        <v>902</v>
       </c>
       <c r="H270" t="s">
-        <v>892</v>
+        <v>854</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>842</v>
+        <v>583</v>
       </c>
       <c r="D271" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E271" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>73</v>
+        <v>904</v>
       </c>
       <c r="H271" t="s">
-        <v>894</v>
+        <v>854</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>844</v>
+        <v>587</v>
       </c>
       <c r="D272" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E272" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>73</v>
+        <v>906</v>
       </c>
       <c r="H272" t="s">
-        <v>896</v>
+        <v>854</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>846</v>
+        <v>591</v>
       </c>
       <c r="D273" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E273" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>73</v>
+        <v>908</v>
       </c>
       <c r="H273" t="s">
-        <v>898</v>
+        <v>854</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>848</v>
+        <v>595</v>
       </c>
       <c r="D274" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E274" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>852</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>73</v>
+        <v>910</v>
       </c>
       <c r="H274" t="s">
-        <v>900</v>
+        <v>854</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>850</v>
+        <v>598</v>
       </c>
       <c r="D275" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E275" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>852</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>73</v>
+        <v>912</v>
       </c>
       <c r="H275" t="s">
-        <v>902</v>
+        <v>854</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>853</v>
+        <v>602</v>
       </c>
       <c r="D276" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E276" t="s">
-        <v>799</v>
+        <v>852</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>73</v>
+        <v>914</v>
       </c>
       <c r="H276" t="s">
-        <v>904</v>
+        <v>854</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>855</v>
+        <v>606</v>
       </c>
       <c r="D277" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E277" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>852</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>73</v>
+        <v>916</v>
       </c>
       <c r="H277" t="s">
-        <v>907</v>
+        <v>854</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>857</v>
+        <v>609</v>
       </c>
       <c r="D278" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E278" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>73</v>
+        <v>918</v>
       </c>
       <c r="H278" t="s">
-        <v>909</v>
+        <v>854</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>859</v>
+        <v>613</v>
       </c>
       <c r="D279" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E279" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>852</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>73</v>
+        <v>920</v>
       </c>
       <c r="H279" t="s">
-        <v>911</v>
+        <v>854</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>862</v>
+        <v>617</v>
       </c>
       <c r="D280" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E280" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>852</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>73</v>
+        <v>922</v>
       </c>
       <c r="H280" t="s">
-        <v>913</v>
+        <v>854</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>865</v>
+        <v>621</v>
       </c>
       <c r="D281" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E281" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>852</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>73</v>
+        <v>924</v>
       </c>
       <c r="H281" t="s">
-        <v>915</v>
+        <v>854</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>868</v>
+        <v>625</v>
       </c>
       <c r="D282" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E282" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>852</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>73</v>
+        <v>926</v>
       </c>
       <c r="H282" t="s">
-        <v>917</v>
+        <v>854</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>871</v>
+        <v>629</v>
       </c>
       <c r="D283" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E283" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="H283" t="s">
-        <v>920</v>
+        <v>854</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>874</v>
+        <v>746</v>
       </c>
       <c r="D284" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E284" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="H284" t="s">
-        <v>923</v>
+        <v>854</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>877</v>
+        <v>750</v>
       </c>
       <c r="D285" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E285" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="H285" t="s">
-        <v>926</v>
+        <v>854</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>880</v>
+        <v>754</v>
       </c>
       <c r="D286" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E286" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>852</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="H286" t="s">
-        <v>929</v>
+        <v>854</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>884</v>
+        <v>758</v>
       </c>
       <c r="D287" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E287" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>73</v>
+        <v>936</v>
       </c>
       <c r="H287" t="s">
-        <v>931</v>
+        <v>854</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>887</v>
+        <v>762</v>
       </c>
       <c r="D288" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E288" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>73</v>
+        <v>938</v>
       </c>
       <c r="H288" t="s">
-        <v>933</v>
+        <v>854</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>889</v>
+        <v>766</v>
       </c>
       <c r="D289" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E289" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>852</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>73</v>
+        <v>940</v>
       </c>
       <c r="H289" t="s">
-        <v>935</v>
+        <v>854</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>893</v>
+        <v>770</v>
       </c>
       <c r="D290" t="s">
-        <v>798</v>
+        <v>851</v>
       </c>
       <c r="E290" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>73</v>
+        <v>942</v>
       </c>
       <c r="H290" t="s">
-        <v>937</v>
+        <v>854</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>895</v>
+        <v>43</v>
       </c>
       <c r="D291" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E291" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H291" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>897</v>
+        <v>47</v>
       </c>
       <c r="D292" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E292" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>73</v>
+        <v>948</v>
       </c>
       <c r="H292" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>899</v>
+        <v>51</v>
       </c>
       <c r="D293" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E293" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>945</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>73</v>
+        <v>951</v>
       </c>
       <c r="H293" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>953</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>55</v>
+      </c>
+      <c r="D294" t="s">
         <v>944</v>
       </c>
-      <c r="B294" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E294" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>945</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>73</v>
+        <v>954</v>
       </c>
       <c r="H294" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>903</v>
+        <v>59</v>
       </c>
       <c r="D295" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E295" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>945</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>73</v>
+        <v>957</v>
       </c>
       <c r="H295" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>905</v>
+        <v>63</v>
       </c>
       <c r="D296" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E296" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>945</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>73</v>
+        <v>960</v>
       </c>
       <c r="H296" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>950</v>
+        <v>962</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>908</v>
+        <v>67</v>
       </c>
       <c r="D297" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E297" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>945</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>73</v>
+        <v>963</v>
       </c>
       <c r="H297" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>910</v>
+        <v>519</v>
       </c>
       <c r="D298" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E298" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>945</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>73</v>
+        <v>966</v>
       </c>
       <c r="H298" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>912</v>
+        <v>39</v>
       </c>
       <c r="D299" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E299" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>945</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H299" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>914</v>
+        <v>526</v>
       </c>
       <c r="D300" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E300" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>73</v>
+        <v>971</v>
       </c>
       <c r="H300" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>916</v>
+        <v>71</v>
       </c>
       <c r="D301" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E301" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>73</v>
+        <v>974</v>
       </c>
       <c r="H301" t="s">
-        <v>959</v>
+        <v>975</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>960</v>
+        <v>976</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>918</v>
+        <v>75</v>
       </c>
       <c r="D302" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E302" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>945</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>73</v>
+        <v>977</v>
       </c>
       <c r="H302" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>962</v>
+        <v>979</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>921</v>
+        <v>79</v>
       </c>
       <c r="D303" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E303" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>73</v>
+        <v>980</v>
       </c>
       <c r="H303" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>924</v>
+        <v>83</v>
       </c>
       <c r="D304" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E304" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>73</v>
+        <v>983</v>
       </c>
       <c r="H304" t="s">
-        <v>965</v>
+        <v>984</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>966</v>
+        <v>985</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>927</v>
+        <v>86</v>
       </c>
       <c r="D305" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E305" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>73</v>
+        <v>986</v>
       </c>
       <c r="H305" t="s">
-        <v>967</v>
+        <v>987</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>968</v>
+        <v>988</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>930</v>
+        <v>89</v>
       </c>
       <c r="D306" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E306" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>73</v>
+        <v>989</v>
       </c>
       <c r="H306" t="s">
-        <v>969</v>
+        <v>990</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>970</v>
+        <v>991</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>932</v>
+        <v>92</v>
       </c>
       <c r="D307" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E307" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>73</v>
+        <v>992</v>
       </c>
       <c r="H307" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>972</v>
+        <v>994</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>934</v>
+        <v>95</v>
       </c>
       <c r="D308" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E308" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>73</v>
+        <v>995</v>
       </c>
       <c r="H308" t="s">
-        <v>973</v>
+        <v>996</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>974</v>
+        <v>997</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>936</v>
+        <v>98</v>
       </c>
       <c r="D309" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E309" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>73</v>
+        <v>998</v>
       </c>
       <c r="H309" t="s">
-        <v>975</v>
+        <v>999</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>938</v>
+        <v>557</v>
       </c>
       <c r="D310" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E310" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>73</v>
+        <v>1001</v>
       </c>
       <c r="H310" t="s">
-        <v>977</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>978</v>
+        <v>1003</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>940</v>
+        <v>561</v>
       </c>
       <c r="D311" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E311" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>73</v>
+        <v>1004</v>
       </c>
       <c r="H311" t="s">
-        <v>979</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>980</v>
+        <v>1006</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>942</v>
+        <v>565</v>
       </c>
       <c r="D312" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E312" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>945</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>73</v>
+        <v>1007</v>
       </c>
       <c r="H312" t="s">
-        <v>981</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>982</v>
+        <v>1009</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
+        <v>569</v>
+      </c>
+      <c r="D313" t="s">
         <v>944</v>
       </c>
-      <c r="D313" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E313" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>945</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>73</v>
+        <v>1010</v>
       </c>
       <c r="H313" t="s">
-        <v>983</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>984</v>
+        <v>1012</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>946</v>
+        <v>573</v>
       </c>
       <c r="D314" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E314" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>945</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>985</v>
+        <v>73</v>
       </c>
       <c r="H314" t="s">
-        <v>986</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>987</v>
+        <v>1014</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>948</v>
+        <v>577</v>
       </c>
       <c r="D315" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E315" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>945</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>988</v>
+        <v>1015</v>
       </c>
       <c r="H315" t="s">
-        <v>989</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>990</v>
+        <v>1017</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>690</v>
+        <v>10</v>
       </c>
       <c r="D316" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E316" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>945</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>991</v>
+        <v>1018</v>
       </c>
       <c r="H316" t="s">
-        <v>992</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>993</v>
+        <v>1020</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>950</v>
+        <v>583</v>
       </c>
       <c r="D317" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E317" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>945</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>994</v>
+        <v>1021</v>
       </c>
       <c r="H317" t="s">
-        <v>995</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>996</v>
+        <v>1023</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>952</v>
+        <v>587</v>
       </c>
       <c r="D318" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E318" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>945</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>997</v>
+        <v>1024</v>
       </c>
       <c r="H318" t="s">
-        <v>998</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>999</v>
+        <v>1026</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>954</v>
+        <v>591</v>
       </c>
       <c r="D319" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E319" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>73</v>
+        <v>1027</v>
       </c>
       <c r="H319" t="s">
-        <v>1000</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1001</v>
+        <v>1029</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>956</v>
+        <v>595</v>
       </c>
       <c r="D320" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E320" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>73</v>
+        <v>1030</v>
       </c>
       <c r="H320" t="s">
-        <v>1002</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1003</v>
+        <v>1032</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>958</v>
+        <v>598</v>
       </c>
       <c r="D321" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E321" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>73</v>
+        <v>1033</v>
       </c>
       <c r="H321" t="s">
-        <v>1004</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1005</v>
+        <v>1035</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>960</v>
+        <v>602</v>
       </c>
       <c r="D322" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E322" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>73</v>
+        <v>1036</v>
       </c>
       <c r="H322" t="s">
-        <v>1006</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1007</v>
+        <v>1038</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>962</v>
+        <v>606</v>
       </c>
       <c r="D323" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E323" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>945</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>73</v>
+        <v>1039</v>
       </c>
       <c r="H323" t="s">
-        <v>1008</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1009</v>
+        <v>1041</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>964</v>
+        <v>609</v>
       </c>
       <c r="D324" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E324" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>73</v>
+        <v>1042</v>
       </c>
       <c r="H324" t="s">
-        <v>1010</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1011</v>
+        <v>1044</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>966</v>
+        <v>613</v>
       </c>
       <c r="D325" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E325" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>945</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>73</v>
+        <v>1045</v>
       </c>
       <c r="H325" t="s">
-        <v>1012</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1013</v>
+        <v>1047</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>968</v>
+        <v>617</v>
       </c>
       <c r="D326" t="s">
-        <v>798</v>
+        <v>944</v>
       </c>
       <c r="E326" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>945</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>73</v>
+        <v>1048</v>
       </c>
       <c r="H326" t="s">
-        <v>1014</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1015</v>
+        <v>1050</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>970</v>
+        <v>43</v>
       </c>
       <c r="D327" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E327" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>1052</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>73</v>
+        <v>1053</v>
       </c>
       <c r="H327" t="s">
-        <v>1016</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1017</v>
+        <v>1055</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>972</v>
+        <v>47</v>
       </c>
       <c r="D328" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E328" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>1052</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>73</v>
+        <v>1056</v>
       </c>
       <c r="H328" t="s">
-        <v>1018</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1019</v>
+        <v>1058</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>974</v>
+        <v>51</v>
       </c>
       <c r="D329" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E329" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>1052</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>73</v>
+        <v>1059</v>
       </c>
       <c r="H329" t="s">
-        <v>1020</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1021</v>
+        <v>1061</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>976</v>
+        <v>55</v>
       </c>
       <c r="D330" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E330" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>1052</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>73</v>
+        <v>1062</v>
       </c>
       <c r="H330" t="s">
-        <v>1022</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1023</v>
+        <v>1064</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>978</v>
+        <v>59</v>
       </c>
       <c r="D331" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E331" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1024</v>
+        <v>1052</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>73</v>
+        <v>1065</v>
       </c>
       <c r="H331" t="s">
-        <v>1025</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1026</v>
+        <v>1067</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>980</v>
+        <v>63</v>
       </c>
       <c r="D332" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E332" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1024</v>
+        <v>1052</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>73</v>
+        <v>1068</v>
       </c>
       <c r="H332" t="s">
-        <v>1027</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1028</v>
+        <v>1070</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>982</v>
+        <v>67</v>
       </c>
       <c r="D333" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E333" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>73</v>
+        <v>1071</v>
       </c>
       <c r="H333" t="s">
-        <v>1029</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1030</v>
+        <v>1073</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>984</v>
+        <v>519</v>
       </c>
       <c r="D334" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E334" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1031</v>
+        <v>73</v>
       </c>
       <c r="H334" t="s">
-        <v>1032</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1033</v>
+        <v>1075</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>987</v>
+        <v>39</v>
       </c>
       <c r="D335" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E335" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>1052</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>73</v>
+        <v>1076</v>
       </c>
       <c r="H335" t="s">
-        <v>1034</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1035</v>
+        <v>1078</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>990</v>
+        <v>526</v>
       </c>
       <c r="D336" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E336" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>1052</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>73</v>
+        <v>1079</v>
       </c>
       <c r="H336" t="s">
-        <v>1036</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1037</v>
+        <v>1081</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>993</v>
+        <v>71</v>
       </c>
       <c r="D337" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E337" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H337" t="s">
-        <v>1038</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1039</v>
+        <v>1083</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>996</v>
+        <v>75</v>
       </c>
       <c r="D338" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E338" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>73</v>
+        <v>1084</v>
       </c>
       <c r="H338" t="s">
-        <v>1040</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1041</v>
+        <v>1086</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>999</v>
+        <v>79</v>
       </c>
       <c r="D339" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E339" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>73</v>
+        <v>1087</v>
       </c>
       <c r="H339" t="s">
-        <v>1042</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1043</v>
+        <v>1089</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1001</v>
+        <v>83</v>
       </c>
       <c r="D340" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E340" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>73</v>
+        <v>1090</v>
       </c>
       <c r="H340" t="s">
-        <v>1044</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1045</v>
+        <v>1092</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1003</v>
+        <v>86</v>
       </c>
       <c r="D341" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E341" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>73</v>
+        <v>1093</v>
       </c>
       <c r="H341" t="s">
-        <v>1046</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1047</v>
+        <v>1095</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1005</v>
+        <v>89</v>
       </c>
       <c r="D342" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E342" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>1052</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>73</v>
+        <v>1096</v>
       </c>
       <c r="H342" t="s">
-        <v>1048</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1049</v>
+        <v>1098</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1007</v>
+        <v>92</v>
       </c>
       <c r="D343" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E343" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>73</v>
+        <v>1099</v>
       </c>
       <c r="H343" t="s">
-        <v>1050</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>95</v>
+      </c>
+      <c r="D344" t="s">
         <v>1051</v>
       </c>
-      <c r="B344" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E344" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>73</v>
+        <v>1102</v>
       </c>
       <c r="H344" t="s">
-        <v>1052</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1053</v>
+        <v>1104</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1011</v>
+        <v>98</v>
       </c>
       <c r="D345" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E345" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>73</v>
+        <v>1105</v>
       </c>
       <c r="H345" t="s">
-        <v>1054</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1055</v>
+        <v>1107</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1013</v>
+        <v>557</v>
       </c>
       <c r="D346" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E346" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>73</v>
+        <v>1108</v>
       </c>
       <c r="H346" t="s">
-        <v>1056</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1057</v>
+        <v>1110</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1015</v>
+        <v>561</v>
       </c>
       <c r="D347" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E347" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>1052</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>73</v>
+        <v>1111</v>
       </c>
       <c r="H347" t="s">
-        <v>1058</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1059</v>
+        <v>1113</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1017</v>
+        <v>565</v>
       </c>
       <c r="D348" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E348" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>1052</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>73</v>
+        <v>1114</v>
       </c>
       <c r="H348" t="s">
-        <v>1060</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1061</v>
+        <v>1116</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1019</v>
+        <v>569</v>
       </c>
       <c r="D349" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E349" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>1052</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>73</v>
+        <v>1117</v>
       </c>
       <c r="H349" t="s">
-        <v>1062</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1063</v>
+        <v>1119</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1021</v>
+        <v>573</v>
       </c>
       <c r="D350" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E350" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>1052</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>73</v>
+        <v>1120</v>
       </c>
       <c r="H350" t="s">
-        <v>1064</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1065</v>
+        <v>1122</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1023</v>
+        <v>577</v>
       </c>
       <c r="D351" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E351" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>1052</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>73</v>
+        <v>1123</v>
       </c>
       <c r="H351" t="s">
-        <v>1066</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1067</v>
+        <v>1125</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1026</v>
+        <v>10</v>
       </c>
       <c r="D352" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E352" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>1052</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>73</v>
+        <v>1126</v>
       </c>
       <c r="H352" t="s">
-        <v>1068</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1069</v>
+        <v>1128</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1028</v>
+        <v>583</v>
       </c>
       <c r="D353" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E353" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>1052</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>73</v>
+        <v>1129</v>
       </c>
       <c r="H353" t="s">
-        <v>1070</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1071</v>
+        <v>1131</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1030</v>
+        <v>587</v>
       </c>
       <c r="D354" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E354" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>1052</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>73</v>
+        <v>1132</v>
       </c>
       <c r="H354" t="s">
-        <v>1072</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1073</v>
+        <v>1134</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1033</v>
+        <v>591</v>
       </c>
       <c r="D355" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E355" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>73</v>
+        <v>1135</v>
       </c>
       <c r="H355" t="s">
-        <v>1074</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1075</v>
+        <v>1137</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1035</v>
+        <v>595</v>
       </c>
       <c r="D356" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E356" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>73</v>
+        <v>1138</v>
       </c>
       <c r="H356" t="s">
-        <v>1076</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1077</v>
+        <v>1140</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1037</v>
+        <v>598</v>
       </c>
       <c r="D357" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E357" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>73</v>
+        <v>1141</v>
       </c>
       <c r="H357" t="s">
-        <v>1078</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1079</v>
+        <v>1143</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1039</v>
+        <v>602</v>
       </c>
       <c r="D358" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E358" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1080</v>
+        <v>1144</v>
       </c>
       <c r="H358" t="s">
-        <v>1081</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1082</v>
+        <v>1146</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1041</v>
+        <v>606</v>
       </c>
       <c r="D359" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E359" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1083</v>
+        <v>1147</v>
       </c>
       <c r="H359" t="s">
-        <v>1084</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1085</v>
+        <v>1149</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1043</v>
+        <v>609</v>
       </c>
       <c r="D360" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E360" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1052</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1086</v>
+        <v>1150</v>
       </c>
       <c r="H360" t="s">
-        <v>1087</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1088</v>
+        <v>1152</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1045</v>
+        <v>613</v>
       </c>
       <c r="D361" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E361" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>1052</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>73</v>
+        <v>1153</v>
       </c>
       <c r="H361" t="s">
-        <v>1089</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1090</v>
+        <v>1155</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1047</v>
+        <v>617</v>
       </c>
       <c r="D362" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E362" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>1052</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>73</v>
+        <v>1156</v>
       </c>
       <c r="H362" t="s">
-        <v>1091</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1092</v>
+        <v>1158</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1049</v>
+        <v>621</v>
       </c>
       <c r="D363" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E363" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H363" t="s">
-        <v>1093</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1094</v>
+        <v>1160</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
+        <v>625</v>
+      </c>
+      <c r="D364" t="s">
         <v>1051</v>
       </c>
-      <c r="D364" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E364" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>73</v>
+        <v>1161</v>
       </c>
       <c r="H364" t="s">
-        <v>1095</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1096</v>
+        <v>1163</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1053</v>
+        <v>629</v>
       </c>
       <c r="D365" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E365" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>73</v>
+        <v>1164</v>
       </c>
       <c r="H365" t="s">
-        <v>1097</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1098</v>
+        <v>1166</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1055</v>
+        <v>746</v>
       </c>
       <c r="D366" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E366" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>73</v>
+        <v>1167</v>
       </c>
       <c r="H366" t="s">
-        <v>1099</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1100</v>
+        <v>1169</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1057</v>
+        <v>750</v>
       </c>
       <c r="D367" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E367" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>73</v>
+        <v>1170</v>
       </c>
       <c r="H367" t="s">
-        <v>1101</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1102</v>
+        <v>1172</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1059</v>
+        <v>754</v>
       </c>
       <c r="D368" t="s">
-        <v>798</v>
+        <v>1051</v>
       </c>
       <c r="E368" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1052</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>73</v>
+        <v>1173</v>
       </c>
       <c r="H368" t="s">
-        <v>1103</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1104</v>
+        <v>561</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1061</v>
+        <v>43</v>
       </c>
       <c r="D369" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E369" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F369" t="s">
-        <v>835</v>
+        <v>20</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>73</v>
+        <v>1177</v>
       </c>
       <c r="H369" t="s">
-        <v>1105</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1106</v>
+        <v>565</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1063</v>
+        <v>47</v>
       </c>
       <c r="D370" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E370" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F370" t="s">
-        <v>835</v>
+        <v>20</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>73</v>
+        <v>1179</v>
       </c>
       <c r="H370" t="s">
-        <v>1107</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1108</v>
+        <v>569</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1065</v>
+        <v>51</v>
       </c>
       <c r="D371" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E371" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F371" t="s">
-        <v>825</v>
+        <v>20</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>73</v>
+        <v>1181</v>
       </c>
       <c r="H371" t="s">
-        <v>1109</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1110</v>
+        <v>573</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1067</v>
+        <v>55</v>
       </c>
       <c r="D372" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E372" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F372" t="s">
-        <v>825</v>
+        <v>20</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>73</v>
+        <v>1183</v>
       </c>
       <c r="H372" t="s">
-        <v>1111</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1112</v>
+        <v>577</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1071</v>
+        <v>59</v>
       </c>
       <c r="D373" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E373" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F373" t="s">
-        <v>851</v>
+        <v>20</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>73</v>
+        <v>1185</v>
       </c>
       <c r="H373" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1114</v>
+        <v>10</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1073</v>
+        <v>63</v>
       </c>
       <c r="D374" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E374" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F374" t="s">
-        <v>906</v>
+        <v>20</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>73</v>
+        <v>1187</v>
       </c>
       <c r="H374" t="s">
-        <v>1115</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1116</v>
+        <v>583</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1075</v>
+        <v>67</v>
       </c>
       <c r="D375" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E375" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F375" t="s">
-        <v>823</v>
+        <v>1189</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>73</v>
+        <v>1190</v>
       </c>
       <c r="H375" t="s">
-        <v>1117</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1118</v>
+        <v>587</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1077</v>
+        <v>519</v>
       </c>
       <c r="D376" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E376" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F376" t="s">
-        <v>20</v>
+        <v>1189</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H376" t="s">
-        <v>1119</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1120</v>
+        <v>591</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1079</v>
+        <v>39</v>
       </c>
       <c r="D377" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E377" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F377" t="s">
-        <v>20</v>
+        <v>1193</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H377" t="s">
-        <v>1121</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1122</v>
+        <v>595</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1082</v>
+        <v>526</v>
       </c>
       <c r="D378" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E378" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F378" t="s">
-        <v>835</v>
+        <v>1193</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H378" t="s">
-        <v>1123</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1124</v>
+        <v>598</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1085</v>
+        <v>71</v>
       </c>
       <c r="D379" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E379" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F379" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H379" t="s">
-        <v>1125</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1126</v>
+        <v>602</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1088</v>
+        <v>75</v>
       </c>
       <c r="D380" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E380" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F380" t="s">
-        <v>812</v>
+        <v>488</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H380" t="s">
-        <v>1127</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1128</v>
+        <v>606</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1090</v>
+        <v>79</v>
       </c>
       <c r="D381" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E381" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F381" t="s">
-        <v>812</v>
+        <v>488</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H381" t="s">
-        <v>1129</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1130</v>
+        <v>609</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1092</v>
+        <v>83</v>
       </c>
       <c r="D382" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E382" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F382" t="s">
-        <v>823</v>
+        <v>20</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H382" t="s">
-        <v>1131</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1132</v>
+        <v>613</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1094</v>
+        <v>86</v>
       </c>
       <c r="D383" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E383" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F383" t="s">
         <v>20</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H383" t="s">
-        <v>1133</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1134</v>
+        <v>617</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1096</v>
+        <v>89</v>
       </c>
       <c r="D384" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E384" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F384" t="s">
-        <v>20</v>
+        <v>1200</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H384" t="s">
-        <v>1135</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1136</v>
+        <v>621</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1098</v>
+        <v>92</v>
       </c>
       <c r="D385" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E385" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F385" t="s">
-        <v>20</v>
+        <v>1202</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H385" t="s">
-        <v>1137</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1138</v>
+        <v>625</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1100</v>
+        <v>95</v>
       </c>
       <c r="D386" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E386" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F386" t="s">
         <v>20</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>73</v>
+        <v>1204</v>
       </c>
       <c r="H386" t="s">
-        <v>1139</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1140</v>
+        <v>629</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1102</v>
+        <v>98</v>
       </c>
       <c r="D387" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E387" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F387" t="s">
-        <v>823</v>
+        <v>20</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H387" t="s">
-        <v>1141</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1142</v>
+        <v>746</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1104</v>
+        <v>557</v>
       </c>
       <c r="D388" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E388" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F388" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H388" t="s">
-        <v>1143</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1144</v>
+        <v>750</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1108</v>
+        <v>561</v>
       </c>
       <c r="D389" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E389" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F389" t="s">
-        <v>825</v>
+        <v>20</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H389" t="s">
-        <v>1145</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1146</v>
+        <v>754</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1110</v>
+        <v>565</v>
       </c>
       <c r="D390" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E390" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F390" t="s">
-        <v>825</v>
+        <v>20</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>73</v>
+        <v>1209</v>
       </c>
       <c r="H390" t="s">
-        <v>1147</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1148</v>
+        <v>758</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1112</v>
+        <v>569</v>
       </c>
       <c r="D391" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E391" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F391" t="s">
-        <v>825</v>
+        <v>1211</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H391" t="s">
-        <v>1149</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1150</v>
+        <v>762</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1114</v>
+        <v>573</v>
       </c>
       <c r="D392" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E392" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F392" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H392" t="s">
-        <v>1151</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1152</v>
+        <v>766</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1116</v>
+        <v>577</v>
       </c>
       <c r="D393" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E393" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F393" t="s">
-        <v>823</v>
+        <v>1211</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H393" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1154</v>
+        <v>770</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1118</v>
+        <v>10</v>
       </c>
       <c r="D394" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E394" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F394" t="s">
-        <v>823</v>
+        <v>1211</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H394" t="s">
-        <v>1155</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1156</v>
+        <v>1216</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1120</v>
+        <v>583</v>
       </c>
       <c r="D395" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E395" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F395" t="s">
-        <v>823</v>
+        <v>1189</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H395" t="s">
-        <v>1157</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1158</v>
+        <v>1218</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1122</v>
+        <v>587</v>
       </c>
       <c r="D396" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E396" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F396" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H396" t="s">
-        <v>1159</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1160</v>
+        <v>1220</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1124</v>
+        <v>591</v>
       </c>
       <c r="D397" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E397" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F397" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H397" t="s">
-        <v>1161</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1162</v>
+        <v>1222</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1126</v>
+        <v>595</v>
       </c>
       <c r="D398" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E398" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F398" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H398" t="s">
-        <v>1163</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1164</v>
+        <v>1224</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1128</v>
+        <v>598</v>
       </c>
       <c r="D399" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E399" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F399" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H399" t="s">
-        <v>1165</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1166</v>
+        <v>1226</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1130</v>
+        <v>602</v>
       </c>
       <c r="D400" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E400" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F400" t="s">
-        <v>835</v>
+        <v>1227</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H400" t="s">
-        <v>1167</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1168</v>
+        <v>1229</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1132</v>
+        <v>606</v>
       </c>
       <c r="D401" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E401" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F401" t="s">
-        <v>816</v>
+        <v>1202</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H401" t="s">
-        <v>1169</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1170</v>
+        <v>1231</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1134</v>
+        <v>609</v>
       </c>
       <c r="D402" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E402" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F402" t="s">
-        <v>816</v>
+        <v>488</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H402" t="s">
-        <v>1171</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1172</v>
+        <v>1233</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1136</v>
+        <v>613</v>
       </c>
       <c r="D403" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E403" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F403" t="s">
-        <v>816</v>
+        <v>1211</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H403" t="s">
-        <v>1173</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1174</v>
+        <v>1235</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1138</v>
+        <v>617</v>
       </c>
       <c r="D404" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E404" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F404" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>73</v>
+        <v>1236</v>
       </c>
       <c r="H404" t="s">
-        <v>1175</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1176</v>
+        <v>1238</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1140</v>
+        <v>621</v>
       </c>
       <c r="D405" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E405" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F405" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>73</v>
+        <v>1239</v>
       </c>
       <c r="H405" t="s">
-        <v>1177</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1178</v>
+        <v>1241</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1142</v>
+        <v>625</v>
       </c>
       <c r="D406" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E406" t="s">
-        <v>799</v>
+        <v>1176</v>
+      </c>
+      <c r="F406" t="s">
+        <v>20</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>73</v>
+        <v>1242</v>
       </c>
       <c r="H406" t="s">
-        <v>1179</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1180</v>
+        <v>1244</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1144</v>
+        <v>629</v>
       </c>
       <c r="D407" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E407" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F407" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>73</v>
+        <v>1245</v>
       </c>
       <c r="H407" t="s">
-        <v>1182</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1183</v>
+        <v>1247</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1146</v>
+        <v>746</v>
       </c>
       <c r="D408" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E408" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F408" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>73</v>
+        <v>1248</v>
       </c>
       <c r="H408" t="s">
-        <v>1184</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1185</v>
+        <v>1250</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1148</v>
+        <v>750</v>
       </c>
       <c r="D409" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E409" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F409" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>73</v>
+        <v>1251</v>
       </c>
       <c r="H409" t="s">
-        <v>1186</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1187</v>
+        <v>1253</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1150</v>
+        <v>754</v>
       </c>
       <c r="D410" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E410" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F410" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>73</v>
+        <v>1254</v>
       </c>
       <c r="H410" t="s">
-        <v>1188</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1189</v>
+        <v>1256</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1154</v>
+        <v>758</v>
       </c>
       <c r="D411" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E411" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F411" t="s">
-        <v>20</v>
+        <v>1257</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>73</v>
+        <v>1258</v>
       </c>
       <c r="H411" t="s">
-        <v>1190</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1191</v>
+        <v>1260</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1156</v>
+        <v>762</v>
       </c>
       <c r="D412" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E412" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F412" t="s">
-        <v>20</v>
+        <v>1257</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>73</v>
+        <v>1261</v>
       </c>
       <c r="H412" t="s">
-        <v>1192</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1193</v>
+        <v>1263</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1158</v>
+        <v>766</v>
       </c>
       <c r="D413" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E413" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F413" t="s">
-        <v>20</v>
+        <v>1257</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H413" t="s">
-        <v>1194</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1195</v>
+        <v>1265</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1160</v>
+        <v>770</v>
       </c>
       <c r="D414" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E414" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F414" t="s">
-        <v>20</v>
+        <v>1257</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H414" t="s">
-        <v>1196</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1197</v>
+        <v>1267</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1162</v>
+        <v>1216</v>
       </c>
       <c r="D415" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E415" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F415" t="s">
-        <v>20</v>
+        <v>1257</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H415" t="s">
-        <v>1198</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1199</v>
+        <v>1269</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1164</v>
+        <v>1218</v>
       </c>
       <c r="D416" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E416" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F416" t="s">
-        <v>20</v>
+        <v>1189</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H416" t="s">
-        <v>1200</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1201</v>
+        <v>1271</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1166</v>
+        <v>1220</v>
       </c>
       <c r="D417" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E417" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F417" t="s">
-        <v>823</v>
+        <v>1189</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H417" t="s">
-        <v>1202</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1203</v>
+        <v>1273</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1168</v>
+        <v>1222</v>
       </c>
       <c r="D418" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E418" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F418" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H418" t="s">
-        <v>1204</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1205</v>
+        <v>1275</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1170</v>
+        <v>1224</v>
       </c>
       <c r="D419" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E419" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F419" t="s">
-        <v>835</v>
+        <v>1200</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H419" t="s">
-        <v>1206</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1207</v>
+        <v>1277</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1172</v>
+        <v>1226</v>
       </c>
       <c r="D420" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E420" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F420" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H420" t="s">
-        <v>1208</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1209</v>
+        <v>1279</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1174</v>
+        <v>1229</v>
       </c>
       <c r="D421" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E421" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H421" t="s">
-        <v>1210</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1211</v>
+        <v>1281</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1176</v>
+        <v>1231</v>
       </c>
       <c r="D422" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E422" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F422" t="s">
-        <v>825</v>
+        <v>1282</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H422" t="s">
-        <v>1212</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1213</v>
+        <v>1284</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1178</v>
+        <v>1233</v>
       </c>
       <c r="D423" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E423" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F423" t="s">
-        <v>825</v>
+        <v>1227</v>
       </c>
       <c r="G423" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H423" t="s">
-        <v>1214</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1215</v>
+        <v>1286</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1180</v>
+        <v>1235</v>
       </c>
       <c r="D424" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E424" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F424" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H424" t="s">
-        <v>1216</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1217</v>
+        <v>1288</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1183</v>
+        <v>1238</v>
       </c>
       <c r="D425" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E425" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F425" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H425" t="s">
-        <v>1218</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1219</v>
+        <v>1290</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1185</v>
+        <v>1241</v>
       </c>
       <c r="D426" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E426" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F426" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H426" t="s">
-        <v>1220</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1221</v>
+        <v>1292</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1187</v>
+        <v>1244</v>
       </c>
       <c r="D427" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E427" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F427" t="s">
-        <v>812</v>
+        <v>488</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H427" t="s">
-        <v>1222</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1223</v>
+        <v>1294</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1189</v>
+        <v>1247</v>
       </c>
       <c r="D428" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E428" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F428" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>73</v>
+        <v>1295</v>
       </c>
       <c r="H428" t="s">
-        <v>1224</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1225</v>
+        <v>1297</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1191</v>
+        <v>1250</v>
       </c>
       <c r="D429" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E429" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F429" t="s">
         <v>20</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>73</v>
+        <v>1298</v>
       </c>
       <c r="H429" t="s">
-        <v>1226</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1227</v>
+        <v>1300</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1193</v>
+        <v>1253</v>
       </c>
       <c r="D430" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E430" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F430" t="s">
-        <v>851</v>
+        <v>20</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>73</v>
+        <v>1301</v>
       </c>
       <c r="H430" t="s">
-        <v>1228</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1229</v>
+        <v>1303</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1195</v>
+        <v>1256</v>
       </c>
       <c r="D431" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E431" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F431" t="s">
-        <v>851</v>
+        <v>20</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>73</v>
+        <v>1304</v>
       </c>
       <c r="H431" t="s">
-        <v>1230</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1231</v>
+        <v>1306</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1197</v>
+        <v>1260</v>
       </c>
       <c r="D432" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E432" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F432" t="s">
-        <v>851</v>
+        <v>1189</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H432" t="s">
-        <v>1232</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1233</v>
+        <v>1308</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>101</v>
+        <v>1263</v>
       </c>
       <c r="D433" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E433" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F433" t="s">
-        <v>851</v>
+        <v>1189</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H433" t="s">
-        <v>1234</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1235</v>
+        <v>1310</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>109</v>
+        <v>1265</v>
       </c>
       <c r="D434" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E434" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F434" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H434" t="s">
-        <v>1236</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1237</v>
+        <v>1312</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>113</v>
+        <v>1269</v>
       </c>
       <c r="D435" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E435" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F435" t="s">
-        <v>906</v>
+        <v>1211</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H435" t="s">
-        <v>1238</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1239</v>
+        <v>1314</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>560</v>
+        <v>1271</v>
       </c>
       <c r="D436" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E436" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F436" t="s">
-        <v>488</v>
+        <v>1193</v>
       </c>
       <c r="G436" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H436" t="s">
-        <v>1240</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1241</v>
+        <v>1316</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>564</v>
+        <v>1273</v>
       </c>
       <c r="D437" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E437" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F437" t="s">
-        <v>488</v>
+        <v>1193</v>
       </c>
       <c r="G437" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H437" t="s">
-        <v>1242</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1243</v>
+        <v>1318</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>568</v>
+        <v>1275</v>
       </c>
       <c r="D438" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E438" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F438" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H438" t="s">
-        <v>1244</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1245</v>
+        <v>1320</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>693</v>
+        <v>1277</v>
       </c>
       <c r="D439" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E439" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F439" t="s">
-        <v>812</v>
+        <v>1227</v>
       </c>
       <c r="G439" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H439" t="s">
-        <v>1246</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1247</v>
+        <v>1322</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>696</v>
+        <v>1279</v>
       </c>
       <c r="D440" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E440" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F440" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H440" t="s">
-        <v>1248</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1249</v>
+        <v>1324</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>699</v>
+        <v>1281</v>
       </c>
       <c r="D441" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E441" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F441" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H441" t="s">
-        <v>1250</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1251</v>
+        <v>1326</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>121</v>
+        <v>1284</v>
       </c>
       <c r="D442" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E442" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F442" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G442" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H442" t="s">
-        <v>1252</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1253</v>
+        <v>1328</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>125</v>
+        <v>1286</v>
       </c>
       <c r="D443" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E443" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F443" t="s">
-        <v>825</v>
+        <v>1202</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H443" t="s">
-        <v>1254</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1255</v>
+        <v>1330</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>129</v>
+        <v>1288</v>
       </c>
       <c r="D444" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E444" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F444" t="s">
-        <v>825</v>
+        <v>1202</v>
       </c>
       <c r="G444" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H444" t="s">
-        <v>1256</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1257</v>
+        <v>1332</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>133</v>
+        <v>1290</v>
       </c>
       <c r="D445" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E445" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F445" t="s">
-        <v>825</v>
+        <v>1189</v>
       </c>
       <c r="G445" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H445" t="s">
-        <v>1258</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1259</v>
+        <v>1334</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>117</v>
+        <v>1292</v>
       </c>
       <c r="D446" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E446" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F446" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H446" t="s">
-        <v>1260</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1261</v>
+        <v>1336</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>8</v>
+        <v>1294</v>
       </c>
       <c r="D447" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E447" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F447" t="s">
-        <v>823</v>
+        <v>1200</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H447" t="s">
-        <v>1262</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1263</v>
+        <v>1338</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>137</v>
+        <v>1297</v>
       </c>
       <c r="D448" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E448" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F448" t="s">
-        <v>823</v>
+        <v>1193</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H448" t="s">
-        <v>1264</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1265</v>
+        <v>1340</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>141</v>
+        <v>1300</v>
       </c>
       <c r="D449" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E449" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F449" t="s">
-        <v>816</v>
+        <v>1193</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H449" t="s">
-        <v>1266</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1267</v>
+        <v>1342</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>153</v>
+        <v>1303</v>
       </c>
       <c r="D450" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E450" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F450" t="s">
-        <v>816</v>
+        <v>1193</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H450" t="s">
-        <v>1268</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1269</v>
+        <v>1344</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>185</v>
+        <v>1306</v>
       </c>
       <c r="D451" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E451" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F451" t="s">
-        <v>816</v>
+        <v>1257</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H451" t="s">
-        <v>1270</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1271</v>
+        <v>1346</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>189</v>
+        <v>1308</v>
       </c>
       <c r="D452" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E452" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F452" t="s">
-        <v>816</v>
+        <v>1257</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H452" t="s">
-        <v>1272</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1273</v>
+        <v>1348</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>193</v>
+        <v>1310</v>
       </c>
       <c r="D453" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E453" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F453" t="s">
-        <v>816</v>
+        <v>1257</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H453" t="s">
-        <v>1274</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1275</v>
+        <v>1350</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>197</v>
+        <v>1312</v>
       </c>
       <c r="D454" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E454" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F454" t="s">
-        <v>825</v>
+        <v>1257</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H454" t="s">
-        <v>1276</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1277</v>
+        <v>1352</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>201</v>
+        <v>1314</v>
       </c>
       <c r="D455" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E455" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F455" t="s">
-        <v>825</v>
+        <v>1257</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H455" t="s">
-        <v>1278</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1279</v>
+        <v>1354</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>205</v>
+        <v>1316</v>
       </c>
       <c r="D456" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E456" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F456" t="s">
-        <v>812</v>
+        <v>1257</v>
       </c>
       <c r="G456" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H456" t="s">
-        <v>1280</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1281</v>
+        <v>1356</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>209</v>
+        <v>1318</v>
       </c>
       <c r="D457" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E457" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F457" t="s">
-        <v>812</v>
+        <v>1257</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H457" t="s">
-        <v>1282</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1283</v>
+        <v>1358</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>213</v>
+        <v>1320</v>
       </c>
       <c r="D458" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E458" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F458" t="s">
-        <v>812</v>
+        <v>488</v>
       </c>
       <c r="G458" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H458" t="s">
-        <v>1284</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1285</v>
+        <v>1360</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>217</v>
+        <v>1322</v>
       </c>
       <c r="D459" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E459" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F459" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>73</v>
+        <v>1361</v>
       </c>
       <c r="H459" t="s">
-        <v>1286</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1287</v>
+        <v>1363</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>221</v>
+        <v>1324</v>
       </c>
       <c r="D460" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E460" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F460" t="s">
         <v>20</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>73</v>
+        <v>1364</v>
       </c>
       <c r="H460" t="s">
-        <v>1288</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1289</v>
+        <v>1366</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>225</v>
+        <v>699</v>
       </c>
       <c r="D461" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E461" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F461" t="s">
         <v>20</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>73</v>
+        <v>1367</v>
       </c>
       <c r="H461" t="s">
-        <v>1290</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1291</v>
+        <v>1369</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>229</v>
+        <v>1326</v>
       </c>
       <c r="D462" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E462" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F462" t="s">
         <v>20</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>73</v>
+        <v>1370</v>
       </c>
       <c r="H462" t="s">
-        <v>1292</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1293</v>
+        <v>1372</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>233</v>
+        <v>1328</v>
       </c>
       <c r="D463" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E463" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F463" t="s">
         <v>20</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>73</v>
+        <v>1373</v>
       </c>
       <c r="H463" t="s">
-        <v>1294</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1295</v>
+        <v>1375</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>237</v>
+        <v>1330</v>
       </c>
       <c r="D464" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E464" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F464" t="s">
-        <v>20</v>
+        <v>1189</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H464" t="s">
-        <v>1296</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1297</v>
+        <v>1377</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>23</v>
+        <v>1332</v>
       </c>
       <c r="D465" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E465" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F465" t="s">
-        <v>851</v>
+        <v>1189</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H465" t="s">
-        <v>1298</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1299</v>
+        <v>1379</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>27</v>
+        <v>1334</v>
       </c>
       <c r="D466" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E466" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F466" t="s">
-        <v>851</v>
+        <v>1189</v>
       </c>
       <c r="G466" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H466" t="s">
-        <v>1300</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1301</v>
+        <v>1381</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>145</v>
+        <v>1336</v>
       </c>
       <c r="D467" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E467" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F467" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H467" t="s">
-        <v>1302</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1303</v>
+        <v>1383</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>149</v>
+        <v>1338</v>
       </c>
       <c r="D468" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E468" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F468" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H468" t="s">
-        <v>1304</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1305</v>
+        <v>1385</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>157</v>
+        <v>1340</v>
       </c>
       <c r="D469" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E469" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F469" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H469" t="s">
-        <v>1306</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1307</v>
+        <v>1387</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>161</v>
+        <v>1342</v>
       </c>
       <c r="D470" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E470" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F470" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H470" t="s">
-        <v>1308</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1309</v>
+        <v>1389</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>165</v>
+        <v>1344</v>
       </c>
       <c r="D471" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E471" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F471" t="s">
-        <v>825</v>
+        <v>1211</v>
       </c>
       <c r="G471" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H471" t="s">
-        <v>1310</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1311</v>
+        <v>1391</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>169</v>
+        <v>1346</v>
       </c>
       <c r="D472" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E472" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F472" t="s">
-        <v>20</v>
+        <v>1211</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H472" t="s">
-        <v>1312</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1313</v>
+        <v>1393</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>173</v>
+        <v>1348</v>
       </c>
       <c r="D473" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E473" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F473" t="s">
-        <v>20</v>
+        <v>1202</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H473" t="s">
-        <v>1314</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1315</v>
+        <v>1395</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>177</v>
+        <v>1350</v>
       </c>
       <c r="D474" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E474" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F474" t="s">
-        <v>835</v>
+        <v>1200</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H474" t="s">
-        <v>1316</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1317</v>
+        <v>1397</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>181</v>
+        <v>1352</v>
       </c>
       <c r="D475" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E475" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F475" t="s">
-        <v>881</v>
+        <v>1200</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H475" t="s">
-        <v>1318</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1319</v>
+        <v>1399</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>241</v>
+        <v>1354</v>
       </c>
       <c r="D476" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E476" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F476" t="s">
-        <v>881</v>
+        <v>1400</v>
       </c>
       <c r="G476" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H476" t="s">
-        <v>1320</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1321</v>
+        <v>1402</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>245</v>
+        <v>1356</v>
       </c>
       <c r="D477" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E477" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F477" t="s">
-        <v>851</v>
+        <v>1400</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H477" t="s">
-        <v>1322</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1323</v>
+        <v>1404</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>249</v>
+        <v>1358</v>
       </c>
       <c r="D478" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E478" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F478" t="s">
-        <v>851</v>
+        <v>20</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H478" t="s">
-        <v>1324</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1325</v>
+        <v>1406</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>253</v>
+        <v>1360</v>
       </c>
       <c r="D479" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E479" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F479" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>73</v>
+        <v>1407</v>
       </c>
       <c r="H479" t="s">
-        <v>1326</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1327</v>
+        <v>1409</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>16</v>
+        <v>1363</v>
       </c>
       <c r="D480" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E480" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F480" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H480" t="s">
-        <v>1328</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1329</v>
+        <v>1411</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>31</v>
+        <v>1366</v>
       </c>
       <c r="D481" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E481" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F481" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H481" t="s">
-        <v>1330</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1331</v>
+        <v>1413</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>35</v>
+        <v>1369</v>
       </c>
       <c r="D482" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E482" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F482" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H482" t="s">
-        <v>1332</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1333</v>
+        <v>1415</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>481</v>
+        <v>1372</v>
       </c>
       <c r="D483" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E483" t="s">
-        <v>799</v>
+        <v>1176</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1189</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H483" t="s">
-        <v>1334</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1335</v>
+        <v>1417</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>257</v>
+        <v>1375</v>
       </c>
       <c r="D484" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E484" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F484" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G484" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H484" t="s">
-        <v>1336</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1337</v>
+        <v>1419</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>261</v>
+        <v>1377</v>
       </c>
       <c r="D485" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E485" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F485" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H485" t="s">
-        <v>1338</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1339</v>
+        <v>1421</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>265</v>
+        <v>1379</v>
       </c>
       <c r="D486" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E486" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F486" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H486" t="s">
-        <v>1340</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1341</v>
+        <v>1423</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>269</v>
+        <v>1381</v>
       </c>
       <c r="D487" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E487" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F487" t="s">
-        <v>20</v>
+        <v>1227</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H487" t="s">
-        <v>1342</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1343</v>
+        <v>1425</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>273</v>
+        <v>1383</v>
       </c>
       <c r="D488" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E488" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F488" t="s">
         <v>20</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H488" t="s">
-        <v>1344</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1345</v>
+        <v>1427</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>277</v>
+        <v>1385</v>
       </c>
       <c r="D489" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E489" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F489" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H489" t="s">
-        <v>1346</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1347</v>
+        <v>1429</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>281</v>
+        <v>1387</v>
       </c>
       <c r="D490" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E490" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F490" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H490" t="s">
-        <v>1348</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1349</v>
+        <v>1431</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>285</v>
+        <v>1389</v>
       </c>
       <c r="D491" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E491" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F491" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H491" t="s">
-        <v>1350</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1351</v>
+        <v>1433</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>289</v>
+        <v>1391</v>
       </c>
       <c r="D492" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E492" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F492" t="s">
-        <v>823</v>
+        <v>1211</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H492" t="s">
-        <v>1352</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1353</v>
+        <v>1435</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>293</v>
+        <v>1393</v>
       </c>
       <c r="D493" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E493" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F493" t="s">
-        <v>816</v>
+        <v>1200</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H493" t="s">
-        <v>1354</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1355</v>
+        <v>1437</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>491</v>
+        <v>1395</v>
       </c>
       <c r="D494" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E494" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F494" t="s">
-        <v>1356</v>
+        <v>1200</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H494" t="s">
-        <v>1357</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1358</v>
+        <v>1439</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>297</v>
+        <v>1397</v>
       </c>
       <c r="D495" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E495" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F495" t="s">
-        <v>20</v>
+        <v>1200</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H495" t="s">
-        <v>1359</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1360</v>
+        <v>1441</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>301</v>
+        <v>1399</v>
       </c>
       <c r="D496" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E496" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F496" t="s">
-        <v>20</v>
+        <v>1193</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H496" t="s">
-        <v>1361</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1362</v>
+        <v>1443</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>582</v>
+        <v>1402</v>
       </c>
       <c r="D497" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E497" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F497" t="s">
-        <v>20</v>
+        <v>1193</v>
       </c>
       <c r="G497" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H497" t="s">
-        <v>1363</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1364</v>
+        <v>1445</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>586</v>
+        <v>1404</v>
       </c>
       <c r="D498" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E498" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F498" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H498" t="s">
-        <v>1365</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1366</v>
+        <v>1447</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1199</v>
+        <v>1406</v>
       </c>
       <c r="D499" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E499" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F499" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G499" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H499" t="s">
-        <v>1367</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1368</v>
+        <v>1449</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1201</v>
+        <v>1409</v>
       </c>
       <c r="D500" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E500" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F500" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H500" t="s">
-        <v>1369</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1370</v>
+        <v>1451</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1203</v>
+        <v>1411</v>
       </c>
       <c r="D501" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E501" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F501" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G501" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H501" t="s">
-        <v>1371</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1372</v>
+        <v>1453</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1205</v>
+        <v>1413</v>
       </c>
       <c r="D502" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E502" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F502" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H502" t="s">
-        <v>1373</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1374</v>
+        <v>1455</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1207</v>
+        <v>1415</v>
       </c>
       <c r="D503" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E503" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F503" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>73</v>
+        <v>1456</v>
       </c>
       <c r="H503" t="s">
-        <v>1375</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1376</v>
+        <v>1458</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1209</v>
+        <v>1417</v>
       </c>
       <c r="D504" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E504" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F504" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>73</v>
+        <v>1459</v>
       </c>
       <c r="H504" t="s">
-        <v>1377</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1378</v>
+        <v>1461</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1211</v>
+        <v>1419</v>
       </c>
       <c r="D505" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E505" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F505" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>73</v>
+        <v>1462</v>
       </c>
       <c r="H505" t="s">
-        <v>1379</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1380</v>
+        <v>1464</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1213</v>
+        <v>1421</v>
       </c>
       <c r="D506" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E506" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F506" t="s">
-        <v>823</v>
+        <v>1257</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H506" t="s">
-        <v>1381</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1382</v>
+        <v>1466</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1215</v>
+        <v>1423</v>
       </c>
       <c r="D507" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E507" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F507" t="s">
-        <v>881</v>
+        <v>1257</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H507" t="s">
-        <v>1383</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1384</v>
+        <v>1468</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1217</v>
+        <v>1425</v>
       </c>
       <c r="D508" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E508" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F508" t="s">
-        <v>825</v>
+        <v>1189</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H508" t="s">
-        <v>1385</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1386</v>
+        <v>1470</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1219</v>
+        <v>1427</v>
       </c>
       <c r="D509" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E509" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F509" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H509" t="s">
-        <v>1387</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1388</v>
+        <v>1472</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1221</v>
+        <v>1429</v>
       </c>
       <c r="D510" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E510" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F510" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H510" t="s">
-        <v>1389</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>17</v>
+        <v>1474</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1223</v>
+        <v>1431</v>
       </c>
       <c r="D511" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E511" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F511" t="s">
-        <v>20</v>
+        <v>1189</v>
       </c>
       <c r="G511" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H511" t="s">
-        <v>1390</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>487</v>
+        <v>1476</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1225</v>
+        <v>1433</v>
       </c>
       <c r="D512" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E512" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F512" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G512" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H512" t="s">
-        <v>1391</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>492</v>
+        <v>1478</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1227</v>
+        <v>1435</v>
       </c>
       <c r="D513" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E513" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F513" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H513" t="s">
-        <v>1392</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1393</v>
+        <v>1480</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1229</v>
+        <v>1437</v>
       </c>
       <c r="D514" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E514" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F514" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H514" t="s">
-        <v>1394</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1395</v>
+        <v>1482</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1231</v>
+        <v>1439</v>
       </c>
       <c r="D515" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E515" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F515" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H515" t="s">
-        <v>1396</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1397</v>
+        <v>1484</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1233</v>
+        <v>1441</v>
       </c>
       <c r="D516" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E516" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F516" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H516" t="s">
-        <v>1398</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1399</v>
+        <v>1486</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1235</v>
+        <v>1443</v>
       </c>
       <c r="D517" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E517" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F517" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H517" t="s">
-        <v>1400</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1401</v>
+        <v>1488</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1237</v>
+        <v>1447</v>
       </c>
       <c r="D518" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E518" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F518" t="s">
-        <v>812</v>
+        <v>1227</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H518" t="s">
-        <v>1402</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1403</v>
+        <v>1490</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1239</v>
+        <v>1449</v>
       </c>
       <c r="D519" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E519" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F519" t="s">
-        <v>812</v>
+        <v>1282</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H519" t="s">
-        <v>1404</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1405</v>
+        <v>1492</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1241</v>
+        <v>1451</v>
       </c>
       <c r="D520" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E520" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F520" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H520" t="s">
-        <v>1406</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1407</v>
+        <v>1494</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1243</v>
+        <v>1453</v>
       </c>
       <c r="D521" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E521" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F521" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H521" t="s">
-        <v>1408</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1409</v>
+        <v>1496</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1245</v>
+        <v>1455</v>
       </c>
       <c r="D522" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E522" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F522" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H522" t="s">
-        <v>1410</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1411</v>
+        <v>1498</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1247</v>
+        <v>1458</v>
       </c>
       <c r="D523" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E523" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F523" t="s">
-        <v>816</v>
+        <v>1211</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H523" t="s">
-        <v>1412</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1413</v>
+        <v>1500</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1249</v>
+        <v>1461</v>
       </c>
       <c r="D524" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E524" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F524" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H524" t="s">
-        <v>1414</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1415</v>
+        <v>1502</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1251</v>
+        <v>1464</v>
       </c>
       <c r="D525" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E525" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F525" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H525" t="s">
-        <v>1416</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1417</v>
+        <v>1504</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1253</v>
+        <v>1466</v>
       </c>
       <c r="D526" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E526" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F526" t="s">
-        <v>816</v>
+        <v>1189</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H526" t="s">
-        <v>1418</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1419</v>
+        <v>1506</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1255</v>
+        <v>1468</v>
       </c>
       <c r="D527" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E527" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F527" t="s">
-        <v>816</v>
+        <v>1200</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H527" t="s">
-        <v>1420</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1421</v>
+        <v>1508</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1257</v>
+        <v>1470</v>
       </c>
       <c r="D528" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E528" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F528" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G528" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H528" t="s">
-        <v>1422</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1423</v>
+        <v>1510</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1259</v>
+        <v>1472</v>
       </c>
       <c r="D529" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E529" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F529" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H529" t="s">
-        <v>1424</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1425</v>
+        <v>1512</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1261</v>
+        <v>1474</v>
       </c>
       <c r="D530" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E530" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F530" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G530" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H530" t="s">
-        <v>1426</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1427</v>
+        <v>1514</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1263</v>
+        <v>1476</v>
       </c>
       <c r="D531" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E531" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F531" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H531" t="s">
-        <v>1428</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1429</v>
+        <v>1516</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1265</v>
+        <v>1478</v>
       </c>
       <c r="D532" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E532" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F532" t="s">
-        <v>881</v>
+        <v>1200</v>
       </c>
       <c r="G532" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H532" t="s">
-        <v>1430</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1431</v>
+        <v>1518</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1267</v>
+        <v>1480</v>
       </c>
       <c r="D533" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E533" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F533" t="s">
-        <v>825</v>
+        <v>1189</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H533" t="s">
-        <v>1432</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1433</v>
+        <v>1520</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1269</v>
+        <v>1484</v>
       </c>
       <c r="D534" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E534" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F534" t="s">
-        <v>823</v>
+        <v>1202</v>
       </c>
       <c r="G534" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H534" t="s">
-        <v>1434</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1435</v>
+        <v>1522</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1271</v>
+        <v>1486</v>
       </c>
       <c r="D535" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E535" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F535" t="s">
-        <v>823</v>
+        <v>1202</v>
       </c>
       <c r="G535" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H535" t="s">
-        <v>1436</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1437</v>
+        <v>1524</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1273</v>
+        <v>1488</v>
       </c>
       <c r="D536" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E536" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F536" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G536" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H536" t="s">
-        <v>1438</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1439</v>
+        <v>1526</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1275</v>
+        <v>1490</v>
       </c>
       <c r="D537" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E537" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F537" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H537" t="s">
-        <v>1440</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1441</v>
+        <v>1528</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1277</v>
+        <v>1492</v>
       </c>
       <c r="D538" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E538" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F538" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H538" t="s">
-        <v>1442</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1443</v>
+        <v>1530</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1279</v>
+        <v>1494</v>
       </c>
       <c r="D539" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E539" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F539" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H539" t="s">
-        <v>1444</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1445</v>
+        <v>1532</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1281</v>
+        <v>1496</v>
       </c>
       <c r="D540" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E540" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F540" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H540" t="s">
-        <v>1446</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1447</v>
+        <v>1534</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1283</v>
+        <v>1498</v>
       </c>
       <c r="D541" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E541" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F541" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H541" t="s">
-        <v>1448</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1449</v>
+        <v>1536</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1287</v>
+        <v>1500</v>
       </c>
       <c r="D542" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E542" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F542" t="s">
-        <v>20</v>
+        <v>1189</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H542" t="s">
-        <v>1450</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1451</v>
+        <v>1538</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1289</v>
+        <v>1502</v>
       </c>
       <c r="D543" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E543" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F543" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H543" t="s">
-        <v>1452</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1453</v>
+        <v>1540</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>1291</v>
+        <v>1504</v>
       </c>
       <c r="D544" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E544" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F544" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H544" t="s">
-        <v>1454</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1455</v>
+        <v>1542</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>1293</v>
+        <v>1506</v>
       </c>
       <c r="D545" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E545" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F545" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H545" t="s">
-        <v>1456</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1457</v>
+        <v>1544</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>1295</v>
+        <v>1508</v>
       </c>
       <c r="D546" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E546" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F546" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H546" t="s">
-        <v>1458</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1459</v>
+        <v>1546</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>1297</v>
+        <v>1510</v>
       </c>
       <c r="D547" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E547" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F547" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H547" t="s">
-        <v>1460</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1461</v>
+        <v>1548</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>1299</v>
+        <v>1512</v>
       </c>
       <c r="D548" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E548" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F548" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H548" t="s">
-        <v>1462</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1463</v>
+        <v>1550</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>1301</v>
+        <v>1514</v>
       </c>
       <c r="D549" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E549" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F549" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H549" t="s">
-        <v>1464</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1465</v>
+        <v>1552</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>1303</v>
+        <v>1516</v>
       </c>
       <c r="D550" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E550" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F550" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H550" t="s">
-        <v>1466</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1467</v>
+        <v>1554</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>1305</v>
+        <v>1518</v>
       </c>
       <c r="D551" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E551" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>1176</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H551" t="s">
-        <v>1468</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1469</v>
+        <v>1556</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>1307</v>
+        <v>1520</v>
       </c>
       <c r="D552" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E552" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F552" t="s">
-        <v>812</v>
+        <v>1557</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H552" t="s">
-        <v>1470</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1471</v>
+        <v>1559</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>1309</v>
+        <v>1522</v>
       </c>
       <c r="D553" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E553" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F553" t="s">
-        <v>812</v>
+        <v>1557</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H553" t="s">
-        <v>1472</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1473</v>
+        <v>1561</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>305</v>
+        <v>1524</v>
       </c>
       <c r="D554" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E554" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F554" t="s">
-        <v>20</v>
+        <v>1557</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H554" t="s">
-        <v>1474</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>24</v>
+        <v>1563</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>309</v>
+        <v>1526</v>
       </c>
       <c r="D555" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E555" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F555" t="s">
-        <v>825</v>
+        <v>1557</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H555" t="s">
-        <v>1475</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>28</v>
+        <v>1565</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>313</v>
+        <v>1530</v>
       </c>
       <c r="D556" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E556" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F556" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H556" t="s">
-        <v>1476</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>32</v>
+        <v>1567</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>317</v>
+        <v>1532</v>
       </c>
       <c r="D557" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E557" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F557" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H557" t="s">
-        <v>1477</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>36</v>
+        <v>1569</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>321</v>
+        <v>1534</v>
       </c>
       <c r="D558" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E558" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F558" t="s">
-        <v>816</v>
+        <v>20</v>
       </c>
       <c r="G558" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H558" t="s">
-        <v>1478</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1479</v>
+        <v>1571</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>325</v>
+        <v>1536</v>
       </c>
       <c r="D559" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E559" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F559" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G559" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H559" t="s">
-        <v>1480</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1481</v>
+        <v>1573</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>329</v>
+        <v>1538</v>
       </c>
       <c r="D560" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E560" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F560" t="s">
-        <v>1181</v>
+        <v>20</v>
       </c>
       <c r="G560" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H560" t="s">
-        <v>1482</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1483</v>
+        <v>1575</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>333</v>
+        <v>1540</v>
       </c>
       <c r="D561" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E561" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F561" t="s">
-        <v>881</v>
+        <v>20</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H561" t="s">
-        <v>1484</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1485</v>
+        <v>1577</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>337</v>
+        <v>1542</v>
       </c>
       <c r="D562" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E562" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F562" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G562" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H562" t="s">
-        <v>1486</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1487</v>
+        <v>1579</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>341</v>
+        <v>1544</v>
       </c>
       <c r="D563" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E563" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F563" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H563" t="s">
-        <v>1488</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1489</v>
+        <v>1581</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>345</v>
+        <v>1546</v>
       </c>
       <c r="D564" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E564" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F564" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H564" t="s">
-        <v>1490</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1491</v>
+        <v>1583</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>349</v>
+        <v>1548</v>
       </c>
       <c r="D565" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E565" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F565" t="s">
-        <v>812</v>
+        <v>1557</v>
       </c>
       <c r="G565" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H565" t="s">
-        <v>1492</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1493</v>
+        <v>1585</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>353</v>
+        <v>1550</v>
       </c>
       <c r="D566" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E566" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F566" t="s">
-        <v>812</v>
+        <v>1557</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H566" t="s">
-        <v>1494</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1495</v>
+        <v>1587</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>357</v>
+        <v>1552</v>
       </c>
       <c r="D567" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E567" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F567" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G567" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H567" t="s">
-        <v>1496</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1497</v>
+        <v>1589</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>361</v>
+        <v>1554</v>
       </c>
       <c r="D568" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E568" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F568" t="s">
-        <v>20</v>
+        <v>1202</v>
       </c>
       <c r="G568" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H568" t="s">
-        <v>1498</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1499</v>
+        <v>1591</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>365</v>
+        <v>1556</v>
       </c>
       <c r="D569" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E569" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F569" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G569" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H569" t="s">
-        <v>1500</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1501</v>
+        <v>1593</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>369</v>
+        <v>1559</v>
       </c>
       <c r="D570" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E570" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F570" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H570" t="s">
-        <v>1502</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1503</v>
+        <v>1595</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>373</v>
+        <v>1561</v>
       </c>
       <c r="D571" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E571" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F571" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H571" t="s">
-        <v>1504</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1505</v>
+        <v>1597</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>377</v>
+        <v>1563</v>
       </c>
       <c r="D572" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E572" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F572" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G572" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H572" t="s">
-        <v>1506</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1507</v>
+        <v>1599</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>381</v>
+        <v>1565</v>
       </c>
       <c r="D573" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E573" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F573" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H573" t="s">
-        <v>1508</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1509</v>
+        <v>1601</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>1510</v>
+        <v>1567</v>
       </c>
       <c r="D574" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E574" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F574" t="s">
-        <v>812</v>
+        <v>20</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H574" t="s">
-        <v>1511</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1512</v>
+        <v>1603</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>385</v>
+        <v>1569</v>
       </c>
       <c r="D575" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E575" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F575" t="s">
-        <v>823</v>
+        <v>1227</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H575" t="s">
-        <v>1513</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1514</v>
+        <v>1605</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>389</v>
+        <v>1571</v>
       </c>
       <c r="D576" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E576" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F576" t="s">
-        <v>881</v>
+        <v>1227</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H576" t="s">
-        <v>1515</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>1516</v>
+        <v>1607</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>393</v>
+        <v>1573</v>
       </c>
       <c r="D577" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E577" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F577" t="s">
-        <v>823</v>
+        <v>1227</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H577" t="s">
-        <v>1517</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>1518</v>
+        <v>1609</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>1311</v>
+        <v>101</v>
       </c>
       <c r="D578" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E578" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F578" t="s">
-        <v>1181</v>
+        <v>1227</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H578" t="s">
-        <v>1519</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>1520</v>
+        <v>1611</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>1313</v>
+        <v>109</v>
       </c>
       <c r="D579" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E579" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F579" t="s">
-        <v>812</v>
+        <v>1557</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H579" t="s">
-        <v>1521</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>1522</v>
+        <v>1613</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>1315</v>
+        <v>113</v>
       </c>
       <c r="D580" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E580" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F580" t="s">
-        <v>812</v>
+        <v>1282</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H580" t="s">
-        <v>1523</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>1524</v>
+        <v>1615</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>1317</v>
+        <v>560</v>
       </c>
       <c r="D581" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E581" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F581" t="s">
-        <v>812</v>
+        <v>488</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H581" t="s">
-        <v>1525</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>1526</v>
+        <v>1617</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>1319</v>
+        <v>564</v>
       </c>
       <c r="D582" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E582" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F582" t="s">
-        <v>812</v>
+        <v>488</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H582" t="s">
-        <v>1527</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>1528</v>
+        <v>1619</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>1321</v>
+        <v>568</v>
       </c>
       <c r="D583" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E583" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F583" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H583" t="s">
-        <v>1529</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>1530</v>
+        <v>1621</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>1323</v>
+        <v>702</v>
       </c>
       <c r="D584" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E584" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F584" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H584" t="s">
-        <v>1531</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>1532</v>
+        <v>1623</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>1325</v>
+        <v>705</v>
       </c>
       <c r="D585" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E585" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F585" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H585" t="s">
-        <v>1533</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>1534</v>
+        <v>1625</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>1327</v>
+        <v>708</v>
       </c>
       <c r="D586" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E586" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F586" t="s">
-        <v>812</v>
+        <v>1189</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H586" t="s">
-        <v>1535</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>1536</v>
+        <v>1627</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>1329</v>
+        <v>121</v>
       </c>
       <c r="D587" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E587" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F587" t="s">
-        <v>825</v>
+        <v>1189</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H587" t="s">
-        <v>1537</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>1538</v>
+        <v>1629</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>1331</v>
+        <v>125</v>
       </c>
       <c r="D588" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E588" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F588" t="s">
-        <v>20</v>
+        <v>1202</v>
       </c>
       <c r="G588" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H588" t="s">
-        <v>1539</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>1540</v>
+        <v>1631</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>1333</v>
+        <v>129</v>
       </c>
       <c r="D589" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E589" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F589" t="s">
-        <v>20</v>
+        <v>1202</v>
       </c>
       <c r="G589" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H589" t="s">
-        <v>1541</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>1542</v>
+        <v>1633</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>1335</v>
+        <v>133</v>
       </c>
       <c r="D590" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E590" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F590" t="s">
-        <v>20</v>
+        <v>1202</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H590" t="s">
-        <v>1543</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>1544</v>
+        <v>1635</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>1337</v>
+        <v>117</v>
       </c>
       <c r="D591" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E591" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F591" t="s">
-        <v>812</v>
+        <v>1211</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H591" t="s">
-        <v>1545</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>1546</v>
+        <v>1637</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>1339</v>
+        <v>8</v>
       </c>
       <c r="D592" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E592" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F592" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G592" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H592" t="s">
-        <v>1547</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>1548</v>
+        <v>1639</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>1341</v>
+        <v>137</v>
       </c>
       <c r="D593" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E593" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F593" t="s">
-        <v>812</v>
+        <v>1200</v>
       </c>
       <c r="G593" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H593" t="s">
-        <v>1549</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>1550</v>
+        <v>1641</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>1343</v>
+        <v>141</v>
       </c>
       <c r="D594" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E594" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F594" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G594" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H594" t="s">
-        <v>1551</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>1552</v>
+        <v>1643</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>1345</v>
+        <v>153</v>
       </c>
       <c r="D595" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E595" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F595" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G595" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H595" t="s">
-        <v>1553</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>1554</v>
+        <v>1645</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>1347</v>
+        <v>185</v>
       </c>
       <c r="D596" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E596" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F596" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G596" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H596" t="s">
-        <v>1555</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>1556</v>
+        <v>1647</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>1349</v>
+        <v>189</v>
       </c>
       <c r="D597" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E597" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F597" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G597" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H597" t="s">
-        <v>1557</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>1558</v>
+        <v>1649</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>1351</v>
+        <v>193</v>
       </c>
       <c r="D598" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E598" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F598" t="s">
-        <v>812</v>
+        <v>1193</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H598" t="s">
-        <v>1559</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>1560</v>
+        <v>1651</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>1353</v>
+        <v>197</v>
       </c>
       <c r="D599" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E599" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F599" t="s">
-        <v>812</v>
+        <v>1202</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H599" t="s">
-        <v>1561</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>1562</v>
+        <v>1653</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>1355</v>
+        <v>201</v>
       </c>
       <c r="D600" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E600" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F600" t="s">
-        <v>825</v>
+        <v>1202</v>
       </c>
       <c r="G600" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H600" t="s">
-        <v>1563</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>1564</v>
+        <v>1655</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>1358</v>
+        <v>205</v>
       </c>
       <c r="D601" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E601" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F601" t="s">
-        <v>825</v>
+        <v>1189</v>
       </c>
       <c r="G601" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H601" t="s">
-        <v>1565</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>1566</v>
+        <v>1657</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>1360</v>
+        <v>209</v>
       </c>
       <c r="D602" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E602" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F602" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H602" t="s">
-        <v>1567</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>1568</v>
+        <v>1659</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>1362</v>
+        <v>213</v>
       </c>
       <c r="D603" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E603" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F603" t="s">
-        <v>835</v>
+        <v>1189</v>
       </c>
       <c r="G603" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H603" t="s">
-        <v>1569</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>1570</v>
+        <v>1661</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>1364</v>
+        <v>217</v>
       </c>
       <c r="D604" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E604" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F604" t="s">
-        <v>823</v>
+        <v>1257</v>
       </c>
       <c r="G604" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H604" t="s">
-        <v>1571</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>1572</v>
+        <v>1663</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>1366</v>
+        <v>221</v>
       </c>
       <c r="D605" t="s">
-        <v>798</v>
+        <v>1175</v>
       </c>
       <c r="E605" t="s">
-        <v>799</v>
+        <v>1176</v>
       </c>
       <c r="F605" t="s">
-        <v>823</v>
+        <v>20</v>
       </c>
       <c r="G605" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H605" t="s">
-        <v>1573</v>
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>225</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E606" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F606" t="s">
+        <v>20</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>229</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F607" t="s">
+        <v>20</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H607" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>233</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F608" t="s">
+        <v>20</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>237</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E609" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F609" t="s">
+        <v>20</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>23</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E610" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F610" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H610" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>27</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E611" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F611" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H611" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>145</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E612" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F612" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H612" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>149</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E613" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F613" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H613" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>157</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E614" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F614" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H614" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>161</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E615" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F615" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H615" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>165</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E616" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F616" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H616" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>169</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E617" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F617" t="s">
+        <v>20</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H617" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>173</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E618" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F618" t="s">
+        <v>20</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H618" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>177</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E619" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F619" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H619" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>181</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E620" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F620" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H620" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>241</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E621" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F621" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H621" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>245</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E622" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F622" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H622" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>249</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E623" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F623" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H623" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>253</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E624" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F624" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H624" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>16</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E625" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F625" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H625" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>31</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F626" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H626" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>35</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F627" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H627" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>481</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H628" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>257</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E629" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F629" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H629" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>261</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E630" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F630" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H630" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>265</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E631" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F631" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H631" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>269</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E632" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F632" t="s">
+        <v>20</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H632" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>273</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E633" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F633" t="s">
+        <v>20</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H633" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>277</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E634" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F634" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H634" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>281</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F635" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H635" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>285</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F636" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H636" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>289</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F637" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H637" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>293</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F638" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H638" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>491</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E639" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F639" t="s">
+        <v>1732</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H639" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>297</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E640" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F640" t="s">
+        <v>20</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H640" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>301</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E641" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F641" t="s">
+        <v>20</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H641" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>582</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E642" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F642" t="s">
+        <v>20</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H642" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>586</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E643" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F643" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H643" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E644" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F644" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H644" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E645" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F645" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H645" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D646" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E646" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F646" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H646" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E647" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F647" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H647" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E648" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F648" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H648" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E649" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F649" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H649" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E650" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F650" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H650" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E651" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F651" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H651" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E652" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F652" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H652" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E653" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F653" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H653" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E654" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F654" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H654" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E655" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F655" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H655" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>17</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E656" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F656" t="s">
+        <v>20</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H656" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>487</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E657" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F657" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H657" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>492</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D658" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E658" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F658" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H658" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E659" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F659" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H659" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E660" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F660" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H660" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E661" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F661" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H661" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D662" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E662" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F662" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H662" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D663" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E663" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F663" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H663" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D664" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E664" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F664" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H664" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D665" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E665" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F665" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H665" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E666" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F666" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H666" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D667" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E667" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F667" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H667" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E668" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F668" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H668" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E669" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F669" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H669" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E670" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F670" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H670" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D671" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E671" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F671" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H671" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D672" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E672" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F672" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H672" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D673" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E673" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F673" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H673" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D674" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E674" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F674" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H674" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D675" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E675" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F675" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H675" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D676" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E676" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F676" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H676" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D677" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E677" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F677" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H677" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E678" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F678" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H678" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D679" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E679" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F679" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H679" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E680" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F680" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H680" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D681" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E681" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F681" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H681" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D682" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E682" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F682" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H682" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D683" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E683" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F683" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H683" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D684" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E684" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F684" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H684" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E685" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F685" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H685" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D686" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E686" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F686" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H686" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D687" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E687" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F687" t="s">
+        <v>20</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H687" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D688" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E688" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F688" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H688" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D689" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E689" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F689" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H689" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D690" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E690" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F690" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H690" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D691" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E691" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F691" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H691" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D692" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E692" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F692" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H692" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D693" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E693" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F693" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H693" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D694" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E694" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F694" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H694" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D695" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E695" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F695" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H695" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D696" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E696" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F696" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H696" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D697" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E697" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F697" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H697" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D698" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E698" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F698" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H698" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>305</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E699" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F699" t="s">
+        <v>20</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H699" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" t="s">
+        <v>24</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>309</v>
+      </c>
+      <c r="D700" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E700" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F700" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H700" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" t="s">
+        <v>28</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>313</v>
+      </c>
+      <c r="D701" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E701" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F701" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H701" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" t="s">
+        <v>32</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>317</v>
+      </c>
+      <c r="D702" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E702" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F702" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H702" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" t="s">
+        <v>36</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>321</v>
+      </c>
+      <c r="D703" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E703" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F703" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H703" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>325</v>
+      </c>
+      <c r="D704" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E704" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F704" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H704" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>329</v>
+      </c>
+      <c r="D705" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E705" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F705" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H705" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>333</v>
+      </c>
+      <c r="D706" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E706" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F706" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H706" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>337</v>
+      </c>
+      <c r="D707" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E707" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F707" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H707" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>341</v>
+      </c>
+      <c r="D708" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E708" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F708" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H708" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>345</v>
+      </c>
+      <c r="D709" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E709" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F709" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H709" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>349</v>
+      </c>
+      <c r="D710" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E710" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F710" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H710" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B711" t="s">
+        <v>9</v>
+      </c>
+      <c r="C711" t="s">
+        <v>353</v>
+      </c>
+      <c r="D711" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E711" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F711" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H711" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>357</v>
+      </c>
+      <c r="D712" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E712" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F712" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H712" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>361</v>
+      </c>
+      <c r="D713" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E713" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F713" t="s">
+        <v>20</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H713" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>365</v>
+      </c>
+      <c r="D714" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E714" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F714" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H714" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>369</v>
+      </c>
+      <c r="D715" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E715" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F715" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H715" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>373</v>
+      </c>
+      <c r="D716" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E716" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F716" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H716" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>377</v>
+      </c>
+      <c r="D717" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E717" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H717" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>381</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E718" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F718" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H718" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D719" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E719" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F719" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H719" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>385</v>
+      </c>
+      <c r="D720" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E720" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F720" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H720" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>389</v>
+      </c>
+      <c r="D721" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E721" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F721" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H721" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>393</v>
+      </c>
+      <c r="D722" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E722" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F722" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H722" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D723" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E723" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F723" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H723" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D724" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E724" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F724" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H724" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D725" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E725" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F725" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H725" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D726" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E726" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F726" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H726" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D727" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E727" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F727" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H727" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D728" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E728" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F728" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H728" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D729" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E729" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F729" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H729" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D730" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E730" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F730" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H730" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D731" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E731" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F731" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H731" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D732" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E732" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H732" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D733" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E733" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F733" t="s">
+        <v>20</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H733" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D734" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E734" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F734" t="s">
+        <v>20</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H734" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D735" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E735" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F735" t="s">
+        <v>20</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H735" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D736" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E736" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H736" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D737" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E737" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F737" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H737" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D738" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E738" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F738" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H738" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D739" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E739" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F739" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H739" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D740" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E740" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F740" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H740" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D741" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E741" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F741" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H741" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D742" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E742" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F742" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H742" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D743" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E743" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F743" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H743" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D744" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E744" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F744" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H744" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D745" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E745" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F745" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H745" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D746" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E746" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F746" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H746" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D747" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E747" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F747" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H747" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D748" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E748" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F748" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H748" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D749" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E749" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F749" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H749" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D750" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E750" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F750" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H750" t="s">
+        <v>1949</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -21217,50 +25681,195 @@
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
     <hyperlink ref="G586" r:id="rId585"/>
     <hyperlink ref="G587" r:id="rId586"/>
     <hyperlink ref="G588" r:id="rId587"/>
     <hyperlink ref="G589" r:id="rId588"/>
     <hyperlink ref="G590" r:id="rId589"/>
     <hyperlink ref="G591" r:id="rId590"/>
     <hyperlink ref="G592" r:id="rId591"/>
     <hyperlink ref="G593" r:id="rId592"/>
     <hyperlink ref="G594" r:id="rId593"/>
     <hyperlink ref="G595" r:id="rId594"/>
     <hyperlink ref="G596" r:id="rId595"/>
     <hyperlink ref="G597" r:id="rId596"/>
     <hyperlink ref="G598" r:id="rId597"/>
     <hyperlink ref="G599" r:id="rId598"/>
     <hyperlink ref="G600" r:id="rId599"/>
     <hyperlink ref="G601" r:id="rId600"/>
     <hyperlink ref="G602" r:id="rId601"/>
     <hyperlink ref="G603" r:id="rId602"/>
     <hyperlink ref="G604" r:id="rId603"/>
     <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
+    <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
+    <hyperlink ref="G677" r:id="rId676"/>
+    <hyperlink ref="G678" r:id="rId677"/>
+    <hyperlink ref="G679" r:id="rId678"/>
+    <hyperlink ref="G680" r:id="rId679"/>
+    <hyperlink ref="G681" r:id="rId680"/>
+    <hyperlink ref="G682" r:id="rId681"/>
+    <hyperlink ref="G683" r:id="rId682"/>
+    <hyperlink ref="G684" r:id="rId683"/>
+    <hyperlink ref="G685" r:id="rId684"/>
+    <hyperlink ref="G686" r:id="rId685"/>
+    <hyperlink ref="G687" r:id="rId686"/>
+    <hyperlink ref="G688" r:id="rId687"/>
+    <hyperlink ref="G689" r:id="rId688"/>
+    <hyperlink ref="G690" r:id="rId689"/>
+    <hyperlink ref="G691" r:id="rId690"/>
+    <hyperlink ref="G692" r:id="rId691"/>
+    <hyperlink ref="G693" r:id="rId692"/>
+    <hyperlink ref="G694" r:id="rId693"/>
+    <hyperlink ref="G695" r:id="rId694"/>
+    <hyperlink ref="G696" r:id="rId695"/>
+    <hyperlink ref="G697" r:id="rId696"/>
+    <hyperlink ref="G698" r:id="rId697"/>
+    <hyperlink ref="G699" r:id="rId698"/>
+    <hyperlink ref="G700" r:id="rId699"/>
+    <hyperlink ref="G701" r:id="rId700"/>
+    <hyperlink ref="G702" r:id="rId701"/>
+    <hyperlink ref="G703" r:id="rId702"/>
+    <hyperlink ref="G704" r:id="rId703"/>
+    <hyperlink ref="G705" r:id="rId704"/>
+    <hyperlink ref="G706" r:id="rId705"/>
+    <hyperlink ref="G707" r:id="rId706"/>
+    <hyperlink ref="G708" r:id="rId707"/>
+    <hyperlink ref="G709" r:id="rId708"/>
+    <hyperlink ref="G710" r:id="rId709"/>
+    <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>